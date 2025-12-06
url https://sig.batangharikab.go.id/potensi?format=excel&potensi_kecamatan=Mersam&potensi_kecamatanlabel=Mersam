--- v0 (2025-10-06)
+++ v1 (2025-12-06)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:T5"/>
+  <dimension ref="A1:T6"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_potensi</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>logo</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>nama_perusahaan</t>
         </is>
       </c>
@@ -227,126 +227,138 @@
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>rencana_investasi</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>infrastruktur_pendukung</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>fasilitas_pendukung</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>date_created</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>213</t>
-[...6 lines deleted...]
-      </c>
+          <t>37226</t>
+        </is>
+      </c>
+      <c r="B2" s="1"/>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Cassia Bubuk Kayu Manis</t>
+          <t>Keramba ikan madani</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>Bumbu Rempah</t>
+          <t>Budidaya ikan</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Menengah</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>Lorong Sialang Madu RT:06, Desa Sungai Puar, Kec. Mersam, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Muara Bungo - Jambi, Benteng Rendah, Kec. Mersam, Kabupaten Batang Hari, Jambi 36654, Indonesia</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>Sungai Puar</t>
+          <t>Benteng Rendah</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>Mersam</t>
         </is>
       </c>
-      <c r="J2" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J2" s="1"/>
       <c r="K2" s="1"/>
-      <c r="L2" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="N2" s="1" t="inlineStr">
+        <is>
+          <t>002,Hektare</t>
+        </is>
+      </c>
+      <c r="O2" s="1" t="inlineStr">
+        <is>
+          <t>2,Ton</t>
+        </is>
+      </c>
+      <c r="P2" s="1" t="inlineStr">
+        <is>
+          <t>2,Ton</t>
+        </is>
+      </c>
+      <c r="Q2" s="1" t="inlineStr">
+        <is>
+          <t>005,Hektare</t>
+        </is>
+      </c>
+      <c r="R2" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Tidak ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S2" s="1"/>
       <c r="T2" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:38:02</t>
+          <t>2025-10-29 11:38:19</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>213</t>
         </is>
       </c>
       <c r="B3" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/potensi/logo/c6rmh80lxj3skg7.jpeg</t>
+          <t>uploads/photos/potensi/logo/0yfgzk9r6_depsb.png</t>
         </is>
       </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
           <t>Cassia Bubuk Kayu Manis</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Bumbu Rempah</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
           <t>Lorong Sialang Madu RT:06, Desa Sungai Puar, Kec. Mersam, Kabupaten Batang Hari, Jambi, Indonesia</t>
@@ -367,170 +379,240 @@
           <t>082277538761</t>
         </is>
       </c>
       <c r="K3" s="1"/>
       <c r="L3" s="1" t="inlineStr">
         <is>
           <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://www.facebook.com/share/1Q1XeqK2Po/?mibextid=wwXIfr&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;https://instagram.com/sayidalhabshy&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
         </is>
       </c>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1" t="inlineStr">
         <is>
           <t>2025-09-09 11:38:02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>72</t>
-[...2 lines deleted...]
-      <c r="B4" s="1"/>
+          <t>212</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/c6rmh80lxj3skg7.jpeg</t>
+        </is>
+      </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Polsek Mersam</t>
+          <t>Cassia Bubuk Kayu Manis</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Departemen Kepolisian</t>
+          <t>Bumbu Rempah</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>KANTOR POLISI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>Jl. Muara Bungo - Jambi, Kembang Paseban, Kec. Mersam, Kabupaten Batang Hari, Jambi 36654</t>
+          <t>Lorong Sialang Madu RT:06, Desa Sungai Puar, Kec. Mersam, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>Kembang Paseban</t>
+          <t>Sungai Puar</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>Mersam</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
-          <t>074123379</t>
+          <t>082277538761</t>
         </is>
       </c>
       <c r="K4" s="1"/>
-      <c r="L4" s="1"/>
-[...4 lines deleted...]
-      </c>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://www.facebook.com/share/1Q1XeqK2Po/?mibextid=wwXIfr&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;https://instagram.com/sayidalhabshy&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 19:16:38</t>
+          <t>2025-09-09 11:38:02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>72</t>
         </is>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>SAWIT JAMBI LESTARI</t>
+          <t>Polsek Mersam</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Departemen Kepolisian</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>KANTOR POLISI</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Simpang rantau gedang</t>
+          <t>Jl. Muara Bungo - Jambi, Kembang Paseban, Kec. Mersam, Kabupaten Batang Hari, Jambi 36654</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>Rantau Gedang</t>
+          <t>Kembang Paseban</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>Mersam</t>
         </is>
       </c>
-      <c r="J5" s="1"/>
+      <c r="J5" s="1" t="inlineStr">
+        <is>
+          <t>074123379</t>
+        </is>
+      </c>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1" t="inlineStr">
         <is>
-          <t>315750000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1" t="inlineStr">
+        <is>
+          <t>2023-06-20 19:16:38</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
+      <c r="A6" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="B6" s="1"/>
+      <c r="C6" s="1" t="inlineStr">
+        <is>
+          <t>SAWIT JAMBI LESTARI</t>
+        </is>
+      </c>
+      <c r="D6" s="1" t="inlineStr">
+        <is>
+          <t>Perseroan Terbatas (PT)</t>
+        </is>
+      </c>
+      <c r="E6" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Besar</t>
+        </is>
+      </c>
+      <c r="F6" s="1" t="inlineStr">
+        <is>
+          <t>TANI</t>
+        </is>
+      </c>
+      <c r="G6" s="1" t="inlineStr">
+        <is>
+          <t>Simpang rantau gedang</t>
+        </is>
+      </c>
+      <c r="H6" s="1" t="inlineStr">
+        <is>
+          <t>Rantau Gedang</t>
+        </is>
+      </c>
+      <c r="I6" s="1" t="inlineStr">
+        <is>
+          <t>Mersam</t>
+        </is>
+      </c>
+      <c r="J6" s="1"/>
+      <c r="K6" s="1"/>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>315750000000</t>
+        </is>
+      </c>
+      <c r="N6" s="1"/>
+      <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1"/>
+      <c r="R6" s="1"/>
+      <c r="S6" s="1"/>
+      <c r="T6" s="1" t="inlineStr">
         <is>
           <t>2023-05-20 10:00:00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">