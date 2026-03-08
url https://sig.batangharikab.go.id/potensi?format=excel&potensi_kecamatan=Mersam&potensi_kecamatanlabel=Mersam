--- v1 (2025-12-06)
+++ v2 (2026-03-08)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:T6"/>
+  <dimension ref="A1:T7"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_potensi</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>logo</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>nama_perusahaan</t>
         </is>
       </c>
@@ -227,208 +227,212 @@
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>rencana_investasi</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>infrastruktur_pendukung</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>fasilitas_pendukung</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>date_created</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>37226</t>
-[...2 lines deleted...]
-      <c r="B2" s="1"/>
+          <t>37250</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/uny2r31ocg05_pj.jpg</t>
+        </is>
+      </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Keramba ikan madani</t>
+          <t>House sahana</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>Budidaya ikan</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>Usaha Menengah</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>AREN</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>Jl. Muara Bungo - Jambi, Benteng Rendah, Kec. Mersam, Kabupaten Batang Hari, Jambi 36654, Indonesia</t>
+          <t>Kec. Mersam, Kabupaten Batang Hari, Jambi 36654, Indonesia</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>Benteng Rendah</t>
+          <t>Sungai Puar</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>Mersam</t>
         </is>
       </c>
-      <c r="J2" s="1"/>
-      <c r="K2" s="1"/>
+      <c r="J2" s="1" t="inlineStr">
+        <is>
+          <t>085158860092</t>
+        </is>
+      </c>
+      <c r="K2" s="1" t="inlineStr">
+        <is>
+          <t>https://simak-ng.unud.ac.id/</t>
+        </is>
+      </c>
       <c r="L2" s="1"/>
       <c r="M2" s="1" t="inlineStr">
         <is>
-          <t>5</t>
-[...26 lines deleted...]
-      </c>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="N2" s="1"/>
+      <c r="O2" s="1"/>
+      <c r="P2" s="1"/>
+      <c r="Q2" s="1"/>
+      <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:38:19</t>
+          <t>2026-02-14 20:20:15</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>213</t>
-[...6 lines deleted...]
-      </c>
+          <t>37226</t>
+        </is>
+      </c>
+      <c r="B3" s="1"/>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Cassia Bubuk Kayu Manis</t>
+          <t>Keramba ikan madani</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Bumbu Rempah</t>
+          <t>Budidaya ikan</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Menengah</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Lorong Sialang Madu RT:06, Desa Sungai Puar, Kec. Mersam, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Muara Bungo - Jambi, Benteng Rendah, Kec. Mersam, Kabupaten Batang Hari, Jambi 36654, Indonesia</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Sungai Puar</t>
+          <t>Benteng Rendah</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>Mersam</t>
         </is>
       </c>
-      <c r="J3" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J3" s="1"/>
       <c r="K3" s="1"/>
-      <c r="L3" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R3" s="1"/>
+      <c r="L3" s="1"/>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>002,Hektare</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>2,Ton</t>
+        </is>
+      </c>
+      <c r="P3" s="1" t="inlineStr">
+        <is>
+          <t>2,Ton</t>
+        </is>
+      </c>
+      <c r="Q3" s="1" t="inlineStr">
+        <is>
+          <t>005,Hektare</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Tidak ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S3" s="1"/>
       <c r="T3" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:38:02</t>
+          <t>2025-10-29 11:38:19</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>212</t>
+          <t>213</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/potensi/logo/c6rmh80lxj3skg7.jpeg</t>
+          <t>uploads/photos/potensi/logo/0yfgzk9r6_depsb.png</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
           <t>Cassia Bubuk Kayu Manis</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
           <t>Bumbu Rempah</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
           <t>Lorong Sialang Madu RT:06, Desa Sungai Puar, Kec. Mersam, Kabupaten Batang Hari, Jambi, Indonesia</t>
@@ -449,170 +453,240 @@
           <t>082277538761</t>
         </is>
       </c>
       <c r="K4" s="1"/>
       <c r="L4" s="1" t="inlineStr">
         <is>
           <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://www.facebook.com/share/1Q1XeqK2Po/?mibextid=wwXIfr&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;https://instagram.com/sayidalhabshy&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
         </is>
       </c>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1" t="inlineStr">
         <is>
           <t>2025-09-09 11:38:02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>72</t>
-[...2 lines deleted...]
-      <c r="B5" s="1"/>
+          <t>212</t>
+        </is>
+      </c>
+      <c r="B5" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/c6rmh80lxj3skg7.jpeg</t>
+        </is>
+      </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Polsek Mersam</t>
+          <t>Cassia Bubuk Kayu Manis</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Departemen Kepolisian</t>
+          <t>Bumbu Rempah</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>KANTOR POLISI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Jl. Muara Bungo - Jambi, Kembang Paseban, Kec. Mersam, Kabupaten Batang Hari, Jambi 36654</t>
+          <t>Lorong Sialang Madu RT:06, Desa Sungai Puar, Kec. Mersam, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>Kembang Paseban</t>
+          <t>Sungai Puar</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>Mersam</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
-          <t>074123379</t>
+          <t>082277538761</t>
         </is>
       </c>
       <c r="K5" s="1"/>
-      <c r="L5" s="1"/>
-[...4 lines deleted...]
-      </c>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://www.facebook.com/share/1Q1XeqK2Po/?mibextid=wwXIfr&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;https://instagram.com/sayidalhabshy&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 19:16:38</t>
+          <t>2025-09-09 11:38:02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>72</t>
         </is>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>SAWIT JAMBI LESTARI</t>
+          <t>Polsek Mersam</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Departemen Kepolisian</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>KANTOR POLISI</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Simpang rantau gedang</t>
+          <t>Jl. Muara Bungo - Jambi, Kembang Paseban, Kec. Mersam, Kabupaten Batang Hari, Jambi 36654</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Rantau Gedang</t>
+          <t>Kembang Paseban</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>Mersam</t>
         </is>
       </c>
-      <c r="J6" s="1"/>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>074123379</t>
+        </is>
+      </c>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1" t="inlineStr">
         <is>
-          <t>315750000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1" t="inlineStr">
+        <is>
+          <t>2023-06-20 19:16:38</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
+      <c r="A7" s="1" t="inlineStr">
+        <is>
+          <t>32</t>
+        </is>
+      </c>
+      <c r="B7" s="1"/>
+      <c r="C7" s="1" t="inlineStr">
+        <is>
+          <t>SAWIT JAMBI LESTARI</t>
+        </is>
+      </c>
+      <c r="D7" s="1" t="inlineStr">
+        <is>
+          <t>Perseroan Terbatas (PT)</t>
+        </is>
+      </c>
+      <c r="E7" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Besar</t>
+        </is>
+      </c>
+      <c r="F7" s="1" t="inlineStr">
+        <is>
+          <t>TANI</t>
+        </is>
+      </c>
+      <c r="G7" s="1" t="inlineStr">
+        <is>
+          <t>Simpang rantau gedang</t>
+        </is>
+      </c>
+      <c r="H7" s="1" t="inlineStr">
+        <is>
+          <t>Rantau Gedang</t>
+        </is>
+      </c>
+      <c r="I7" s="1" t="inlineStr">
+        <is>
+          <t>Mersam</t>
+        </is>
+      </c>
+      <c r="J7" s="1"/>
+      <c r="K7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>315750000000</t>
+        </is>
+      </c>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1"/>
+      <c r="R7" s="1"/>
+      <c r="S7" s="1"/>
+      <c r="T7" s="1" t="inlineStr">
         <is>
           <t>2023-05-20 10:00:00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">