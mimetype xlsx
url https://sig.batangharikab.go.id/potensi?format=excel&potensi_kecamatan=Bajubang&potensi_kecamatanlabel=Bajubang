--- v0 (2025-10-06)
+++ v1 (2025-12-06)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:T11"/>
+  <dimension ref="A1:T20"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_potensi</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>logo</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>nama_perusahaan</t>
         </is>
       </c>
@@ -227,690 +227,1312 @@
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>rencana_investasi</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>infrastruktur_pendukung</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>fasilitas_pendukung</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>date_created</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>37227</t>
         </is>
       </c>
       <c r="B2" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/potensi/logo/ls7wyku4_ngmx9o.jpg</t>
+          <t>uploads/photos/potensi/logo/17x5lhn2mjtkwbs.jpg</t>
         </is>
       </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Toko Satrio </t>
+          <t>Pokdakan maju bersama</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>Badan Layanan Umum (BLU)</t>
+          <t>Budidaya ikan</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>Usaha Kecil</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>Jl. Poros, Mekar Jaya, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>Mekar Jaya</t>
+          <t>Penerokan</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
-      <c r="J2" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J2" s="1"/>
       <c r="K2" s="1"/>
-      <c r="L2" s="1" t="inlineStr">
-[...11 lines deleted...]
-      <c r="P2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
+      <c r="N2" s="1" t="inlineStr">
+        <is>
+          <t>004,Hektare</t>
+        </is>
+      </c>
+      <c r="O2" s="1" t="inlineStr">
+        <is>
+          <t>050,Ton</t>
+        </is>
+      </c>
+      <c r="P2" s="1" t="inlineStr">
+        <is>
+          <t>070,Hektare</t>
+        </is>
+      </c>
       <c r="Q2" s="1"/>
-      <c r="R2" s="1"/>
+      <c r="R2" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S2" s="1"/>
       <c r="T2" s="1" t="inlineStr">
         <is>
-          <t>2024-06-07 09:55:05</t>
+          <t>2025-10-29 11:42:32</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>143</t>
-[...6 lines deleted...]
-      </c>
+          <t>37222</t>
+        </is>
+      </c>
+      <c r="B3" s="1"/>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Dodol Ketan Mb Pur</t>
+          <t>Mugi rahayu</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Cake dan makanan ringan</t>
+          <t>Pembudidaya ikan</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>RT 20, Dusun Purwodadi, Jl. Muaro Bulian - Tempino No.44, Penerokan, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Batin, Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Penerokan</t>
+          <t>Mekar Sari Ness</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...6 lines deleted...]
-      <c r="R3" s="1"/>
+          <t>60000000</t>
+        </is>
+      </c>
+      <c r="N3" s="1" t="inlineStr">
+        <is>
+          <t>30,Hektare</t>
+        </is>
+      </c>
+      <c r="O3" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
+      <c r="P3" s="1" t="inlineStr">
+        <is>
+          <t>5,Hektare</t>
+        </is>
+      </c>
+      <c r="Q3" s="1" t="inlineStr">
+        <is>
+          <t>5,Ton</t>
+        </is>
+      </c>
+      <c r="R3" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S3" s="1"/>
       <c r="T3" s="1" t="inlineStr">
         <is>
-          <t>2023-09-28 22:44:36</t>
+          <t>2025-10-29 11:40:40</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>138</t>
-[...6 lines deleted...]
-      </c>
+          <t>37218</t>
+        </is>
+      </c>
+      <c r="B4" s="1"/>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Dapur khay cil</t>
+          <t>Budi Daya Ikan Nila</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Cake dan makanan ringan</t>
+          <t>Bioplok</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>RT 15 RW 05 Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia 0895401110060</t>
+          <t>Jl. Ness, Batin, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
+          <t>Batin</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
-      <c r="J4" s="1"/>
+      <c r="J4" s="1" t="inlineStr">
+        <is>
+          <t>082240966053</t>
+        </is>
+      </c>
       <c r="K4" s="1"/>
-      <c r="L4" s="1"/>
+      <c r="L4" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;Suryaya&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;Fajaralfarozifajar&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M4" s="1" t="inlineStr">
         <is>
-          <t>105000000</t>
-[...7 lines deleted...]
-      <c r="S4" s="1"/>
+          <t>52000000</t>
+        </is>
+      </c>
+      <c r="N4" s="1" t="inlineStr">
+        <is>
+          <t>1,Hektare</t>
+        </is>
+      </c>
+      <c r="O4" s="1" t="inlineStr">
+        <is>
+          <t>2,Ton</t>
+        </is>
+      </c>
+      <c r="P4" s="1" t="inlineStr">
+        <is>
+          <t>2,Ton</t>
+        </is>
+      </c>
+      <c r="Q4" s="1" t="inlineStr">
+        <is>
+          <t>4,Ton</t>
+        </is>
+      </c>
+      <c r="R4" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
+      <c r="S4" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Perbankan&amp;#34;:null,&amp;#34;Balai Latihan Kerja&amp;#34;:null,&amp;#34;Laboratorium&amp;#34;:null,&amp;#34;Balai Benih&amp;#34;:&amp;#34;100000&amp;#34;,&amp;#34;Balai Insemania&amp;#34;:null,&amp;#34;Irigasi&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="T4" s="1" t="inlineStr">
         <is>
-          <t>2023-09-20 12:46:56</t>
+          <t>2025-10-29 11:45:05</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>128</t>
-[...6 lines deleted...]
-      </c>
+          <t>37216</t>
+        </is>
+      </c>
+      <c r="B5" s="1"/>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Dodol Medan </t>
+          <t>Ikan Koi</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Perorangan</t>
+          <t>Keramba</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Batin, Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Mekar Jaya, Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>Batin</t>
+          <t>Mekar Jaya</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
-      <c r="S5" s="1"/>
+      <c r="S5" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Perbankan&amp;#34;:null,&amp;#34;Balai Latihan Kerja&amp;#34;:&amp;#34;1&amp;#34;,&amp;#34;Laboratorium&amp;#34;:null,&amp;#34;Balai Benih&amp;#34;:&amp;#34;1&amp;#34;,&amp;#34;Balai Insemania&amp;#34;:null,&amp;#34;Irigasi&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="T5" s="1" t="inlineStr">
         <is>
-          <t>2023-09-20 12:33:58</t>
+          <t>2025-10-29 08:52:08</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>67</t>
+          <t>37211</t>
         </is>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Pospol Jembatan Emas</t>
+          <t>PT. HUMUSINDO MAKMUR SEJATI</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Departemen Kepolisian</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>KANTOR POLISI</t>
+          <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Jl. Jembatan Mas Muara Bulian, Bungku, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611</t>
+          <t>Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Bungku</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
-      <c r="J6" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
-      <c r="M6" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 18:54:07</t>
+          <t>2025-10-28 11:16:02</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>37210</t>
         </is>
       </c>
       <c r="B7" s="1"/>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Kantor Polisi Sektor ( Polsek) Bajubang</t>
+          <t>PT BERKAT SAWIT UTAMA</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Departemen Kepolisian</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>KANTOR POLISI</t>
+          <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>Jl. Muaro Bulian - Tempino No.38-39, Penerokan, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Jalan Tanpa Nama, Bungku, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Penerokan</t>
+          <t>Bungku</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
-      <c r="M7" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="M7" s="1"/>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 18:46:14</t>
+          <t>2025-10-28 11:14:35</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>60</t>
+          <t>37183</t>
         </is>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Bukit Ilalang Sungkai</t>
+          <t>Rumah wiwin</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>Taman Nasional</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>Sungkai, Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jalan Tanpa Nama, Petajen, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Sungkai</t>
+          <t>Petajin</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
-      <c r="J8" s="1"/>
+      <c r="J8" s="1" t="inlineStr">
+        <is>
+          <t>081294061139</t>
+        </is>
+      </c>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
-      <c r="M8" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 14:44:19</t>
+          <t>2025-10-08 11:57:51</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>37182</t>
         </is>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>ASIA SAWIT LESTARI</t>
+          <t>pujiastuti</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>Persekutuan Komanditer (CV )</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>Dusun Peris Baru, RT.07</t>
+          <t>Jalan Tanpa Nama, Petajen, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>Ladang Peris</t>
+          <t>Petajin</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
-      <c r="J9" s="1"/>
+      <c r="J9" s="1" t="inlineStr">
+        <is>
+          <t>085378718461</t>
+        </is>
+      </c>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
-      <c r="M9" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2025-10-08 11:32:24</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>37181</t>
         </is>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>PONDOK KELAPA ASRI</t>
+          <t>Nazwa</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>Persekutuan Komanditer (CV)</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>Usaha Menengah</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>KULINER</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>Jalan  Nes II Jambi-Muara Bulian Rt 018</t>
+          <t>Jalan Tanpa Nama, Petajen, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>Batin</t>
+          <t>Petajin</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
-      <c r="J10" s="1"/>
+      <c r="J10" s="1" t="inlineStr">
+        <is>
+          <t>085218557135</t>
+        </is>
+      </c>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
-      <c r="M10" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2025-10-08 11:19:57</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>5</t>
-[...2 lines deleted...]
-      <c r="B11" s="1"/>
+          <t>185</t>
+        </is>
+      </c>
+      <c r="B11" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/ls7wyku4_ngmx9o.jpg</t>
+        </is>
+      </c>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>PUSKESMAS BATIN</t>
+          <t>Toko Satrio </t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
           <t>Badan Layanan Umum (BLU)</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
-          <t>KESEHATAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>Rt 003  </t>
+          <t>Jl. Poros, Mekar Jaya, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>Batin</t>
+          <t>Mekar Jaya</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
-      <c r="J11" s="1"/>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>085368863525</t>
+        </is>
+      </c>
       <c r="K11" s="1"/>
-      <c r="L11" s="1"/>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;Sutri Ana&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M11" s="1" t="inlineStr">
         <is>
-          <t>87539775</t>
+          <t>50000000</t>
         </is>
       </c>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>2024-06-07 09:55:05</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>143</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/hl41s9_wrdtvqy7.jpeg</t>
+        </is>
+      </c>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>Dodol Ketan Mb Pur</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Cake dan makanan ringan</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F12" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>RT 20, Dusun Purwodadi, Jl. Muaro Bulian - Tempino No.44, Penerokan, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Penerokan</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
+      <c r="Q12" s="1"/>
+      <c r="R12" s="1"/>
+      <c r="S12" s="1"/>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-28 22:44:36</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>138</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/9eyla5wpiotqfcj.jpg</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>Dapur khay cil</t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Cake dan makanan ringan</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>RT 15 RW 05 Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia 0895401110060</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>105000000</t>
+        </is>
+      </c>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:46:56</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>128</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/uz61xn3i_c7qfy5.jpg</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>Dodol Medan </t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>Perorangan</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F14" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Batin, Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Batin</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:33:58</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>67</t>
+        </is>
+      </c>
+      <c r="B15" s="1"/>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Pospol Jembatan Emas</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Departemen Kepolisian</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Besar</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>KANTOR POLISI</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>Jl. Jembatan Mas Muara Bulian, Bungku, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Bungku</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>074321852</t>
+        </is>
+      </c>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1"/>
+      <c r="R15" s="1"/>
+      <c r="S15" s="1"/>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>2023-06-20 18:54:07</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>66</t>
+        </is>
+      </c>
+      <c r="B16" s="1"/>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Kantor Polisi Sektor ( Polsek) Bajubang</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Departemen Kepolisian</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Besar</t>
+        </is>
+      </c>
+      <c r="F16" s="1" t="inlineStr">
+        <is>
+          <t>KANTOR POLISI</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Jl. Muaro Bulian - Tempino No.38-39, Penerokan, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Penerokan</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J16" s="1"/>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+      <c r="Q16" s="1"/>
+      <c r="R16" s="1"/>
+      <c r="S16" s="1"/>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>2023-06-20 18:46:14</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>60</t>
+        </is>
+      </c>
+      <c r="B17" s="1"/>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Bukit Ilalang Sungkai</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Taman Nasional</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Besar</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>WISATA</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Sungkai, Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Sungkai</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J17" s="1"/>
+      <c r="K17" s="1"/>
+      <c r="L17" s="1"/>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N17" s="1"/>
+      <c r="O17" s="1"/>
+      <c r="P17" s="1"/>
+      <c r="Q17" s="1"/>
+      <c r="R17" s="1"/>
+      <c r="S17" s="1"/>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>2023-06-20 14:44:19</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="B18" s="1"/>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>ASIA SAWIT LESTARI</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Persekutuan Komanditer (CV )</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Besar</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t>TANI</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>Dusun Peris Baru, RT.07</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Ladang Peris</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J18" s="1"/>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1"/>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>174122443029</t>
+        </is>
+      </c>
+      <c r="N18" s="1"/>
+      <c r="O18" s="1"/>
+      <c r="P18" s="1"/>
+      <c r="Q18" s="1"/>
+      <c r="R18" s="1"/>
+      <c r="S18" s="1"/>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>2023-05-20 10:00:00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="B19" s="1"/>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>PONDOK KELAPA ASRI</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>Persekutuan Komanditer (CV)</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Menengah</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>KULINER</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Jalan  Nes II Jambi-Muara Bulian Rt 018</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Batin</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J19" s="1"/>
+      <c r="K19" s="1"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>5000000</t>
+        </is>
+      </c>
+      <c r="N19" s="1"/>
+      <c r="O19" s="1"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="1"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="1"/>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>2023-05-20 10:00:00</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="B20" s="1"/>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>PUSKESMAS BATIN</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>Badan Layanan Umum (BLU)</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>KESEHATAN</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Rt 003  </t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Batin</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>87539775</t>
+        </is>
+      </c>
+      <c r="N20" s="1"/>
+      <c r="O20" s="1"/>
+      <c r="P20" s="1"/>
+      <c r="Q20" s="1"/>
+      <c r="R20" s="1"/>
+      <c r="S20" s="1"/>
+      <c r="T20" s="1" t="inlineStr">
         <is>
           <t>2023-05-20 10:00:00</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">