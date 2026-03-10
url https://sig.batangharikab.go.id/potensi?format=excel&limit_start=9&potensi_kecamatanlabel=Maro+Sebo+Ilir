--- v0 (2025-10-07)
+++ v1 (2026-03-10)
@@ -112,51 +112,51 @@
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:T8"/>
+  <dimension ref="A1:T21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <selection activeCell="A1" activeCellId="0" pane="topLeft" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1024" min="1" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>id_potensi</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>logo</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>nama_perusahaan</t>
         </is>
       </c>
@@ -227,490 +227,1372 @@
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>rencana_investasi</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>infrastruktur_pendukung</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>fasilitas_pendukung</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>date_created</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>123</t>
         </is>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>TRIO BATANGHARI </t>
+          <t>Jajanan muara bulian</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>Yayasan</t>
+          <t>kafe</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>PENDIDIKAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>JALAN GAJAH MADA</t>
+          <t>Lorong Jambe, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>Sridadi</t>
+          <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1" t="inlineStr">
         <is>
-          <t>250000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:31:32</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>15</t>
-[...2 lines deleted...]
-      <c r="B3" s="1"/>
+          <t>122</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/huz1odvsy4eg05f.jpg</t>
+        </is>
+      </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>PUSKESMAS TELUK LEBAN</t>
+          <t>Jajanan Grandma</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Badan Layanan Umum (BLU)</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Usaha Kecil</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>KESEHATAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>JL. CW Gatra</t>
+          <t>Lorong Arjuna, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Teluk Leban</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
-          <t>Maro Sebo Ulu</t>
-[...2 lines deleted...]
-      <c r="J3" s="1"/>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>082377388763</t>
+        </is>
+      </c>
       <c r="K3" s="1"/>
-      <c r="L3" s="1"/>
+      <c r="L3" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;Fitria Choirunnisa &amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;Fitriachoirunnisagz&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M3" s="1" t="inlineStr">
         <is>
-          <t>3600000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:15:45</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>121</t>
         </is>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>PONDOK KELAPA ASRI</t>
+          <t>Ks Snack Abon Ikan Patin </t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Persekutuan Komanditer (CV)</t>
+          <t>Makanan ringan (Snack)</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Usaha Menengah</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>KULINER</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>Jalan  Nes II Jambi-Muara Bulian Rt 018</t>
+          <t>Tlk. Ketapang, Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>Batin</t>
+          <t>Teluk Ketapang</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
+          <t>Pemayung</t>
         </is>
       </c>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1" t="inlineStr">
         <is>
-          <t>5000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:15:50</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>120</t>
         </is>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>PUSKESMAS BATIN</t>
+          <t>Ks Snack Abon Ikan Patin</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Badan Layanan Umum (BLU)</t>
+          <t>Makanan ringan</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>KESEHATAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Rt 003  </t>
+          <t>Tlk. Ketapang, Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>Batin</t>
+          <t>Teluk Ketapang</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
+          <t>Pemayung</t>
         </is>
       </c>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1" t="inlineStr">
         <is>
-          <t>87539775</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:15:48</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>119</t>
         </is>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>PUSKESMAS PASAR TERUSAN</t>
+          <t>Saos sambal gandasari</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Badan Layanan Umum (BLU)</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>KESEHATAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>RT 07   </t>
+          <t>77M7+38 Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Pasar Terusan</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1" t="inlineStr">
         <is>
-          <t>336655735</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:27:30</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>118</t>
         </is>
       </c>
       <c r="B7" s="1"/>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>PUSKESMAS TIDAR KURANJI</t>
+          <t>3 putra adek arya</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Badan Layanan Umum (BLU)</t>
+          <t>Makanan ringan</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>KESEHATAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>JL.POROS SP2 KM.16  </t>
+          <t>77P3+JV Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Tidar Kuranji</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
-          <t>Maro Sebo Ilir</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t>202805708</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:20:09</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>117</t>
         </is>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>WARUNG SOTO JAKARTA</t>
+          <t>Kerupuk si kembar </t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Perorangan</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>KULINER</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>Desa Tenam </t>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Tenam</t>
+          <t>Simpang Terusan</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J8" s="1" t="inlineStr">
-[...13 lines deleted...]
-      </c>
+      <c r="J8" s="1"/>
+      <c r="K8" s="1"/>
+      <c r="L8" s="1"/>
       <c r="M8" s="1" t="inlineStr">
         <is>
-          <t>150000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:23:19</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
+      <c r="A9" s="1" t="inlineStr">
+        <is>
+          <t>115</t>
+        </is>
+      </c>
+      <c r="B9" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/l3i1jxwaohe587k.jpg</t>
+        </is>
+      </c>
+      <c r="C9" s="1" t="inlineStr">
+        <is>
+          <t>Ami duta </t>
+        </is>
+      </c>
+      <c r="D9" s="1" t="inlineStr">
+        <is>
+          <t>Perorangan</t>
+        </is>
+      </c>
+      <c r="E9" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F9" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G9" s="1" t="inlineStr">
+        <is>
+          <t>Perumahan griya teratai indah ,belakang aspol Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesi</t>
+        </is>
+      </c>
+      <c r="H9" s="1" t="inlineStr">
+        <is>
+          <t>Teratai</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
+      <c r="T9" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:15:40</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
+      <c r="A10" s="1" t="inlineStr">
+        <is>
+          <t>114</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/5xou0sv8za1kmf2.jpg</t>
+        </is>
+      </c>
+      <c r="C10" s="1" t="inlineStr">
+        <is>
+          <t>TETEH KAYLA</t>
+        </is>
+      </c>
+      <c r="D10" s="1" t="inlineStr">
+        <is>
+          <t>Perorangan</t>
+        </is>
+      </c>
+      <c r="E10" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F10" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G10" s="1" t="inlineStr">
+        <is>
+          <t>Jln. Rangkayo Hitam Rt. 34, Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+        </is>
+      </c>
+      <c r="H10" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J10" s="1"/>
+      <c r="K10" s="1"/>
+      <c r="L10" s="1"/>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1"/>
+      <c r="T10" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:16:19</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
+      <c r="A11" s="1" t="inlineStr">
+        <is>
+          <t>113</t>
+        </is>
+      </c>
+      <c r="B11" s="1"/>
+      <c r="C11" s="1" t="inlineStr">
+        <is>
+          <t>SF laundry </t>
+        </is>
+      </c>
+      <c r="D11" s="1" t="inlineStr">
+        <is>
+          <t>Perorangan</t>
+        </is>
+      </c>
+      <c r="E11" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F11" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G11" s="1" t="inlineStr">
+        <is>
+          <t>Jl. Gajah Mada, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+        </is>
+      </c>
+      <c r="H11" s="1" t="inlineStr">
+        <is>
+          <t>Rengas Condong</t>
+        </is>
+      </c>
+      <c r="I11" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J11" s="1" t="inlineStr">
+        <is>
+          <t>085266463770</t>
+        </is>
+      </c>
+      <c r="K11" s="1"/>
+      <c r="L11" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;Farizal Basri &amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>1000000</t>
+        </is>
+      </c>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1"/>
+      <c r="R11" s="1"/>
+      <c r="S11" s="1"/>
+      <c r="T11" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:19:35</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
+      <c r="A12" s="1" t="inlineStr">
+        <is>
+          <t>112</t>
+        </is>
+      </c>
+      <c r="B12" s="1"/>
+      <c r="C12" s="1" t="inlineStr">
+        <is>
+          <t>TRISYA HUTLIN</t>
+        </is>
+      </c>
+      <c r="D12" s="1" t="inlineStr">
+        <is>
+          <t>Makanan ringan</t>
+        </is>
+      </c>
+      <c r="E12" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Kecil</t>
+        </is>
+      </c>
+      <c r="F12" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G12" s="1" t="inlineStr">
+        <is>
+          <t>Lorong Pinang, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+        </is>
+      </c>
+      <c r="H12" s="1" t="inlineStr">
+        <is>
+          <t>Rengas Condong</t>
+        </is>
+      </c>
+      <c r="I12" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J12" s="1"/>
+      <c r="K12" s="1"/>
+      <c r="L12" s="1"/>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
+      <c r="Q12" s="1"/>
+      <c r="R12" s="1"/>
+      <c r="S12" s="1"/>
+      <c r="T12" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:15:48</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
+      <c r="A13" s="1" t="inlineStr">
+        <is>
+          <t>111</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/osby1anheiujpkx.jpg</t>
+        </is>
+      </c>
+      <c r="C13" s="1" t="inlineStr">
+        <is>
+          <t>DM Decoration </t>
+        </is>
+      </c>
+      <c r="D13" s="1" t="inlineStr">
+        <is>
+          <t>Perorangan</t>
+        </is>
+      </c>
+      <c r="E13" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F13" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G13" s="1" t="inlineStr">
+        <is>
+          <t>Jl. Tembesi-Jambi, Kampung Pulau, Kec. Pemayung, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
+        </is>
+      </c>
+      <c r="H13" s="1" t="inlineStr">
+        <is>
+          <t>Kampung Pulau</t>
+        </is>
+      </c>
+      <c r="I13" s="1" t="inlineStr">
+        <is>
+          <t>Pemayung</t>
+        </is>
+      </c>
+      <c r="J13" s="1"/>
+      <c r="K13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>20000000</t>
+        </is>
+      </c>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
+      <c r="S13" s="1"/>
+      <c r="T13" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:02:59</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
+      <c r="A14" s="1" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/q8to1lg9m73d4uz.jpg</t>
+        </is>
+      </c>
+      <c r="C14" s="1" t="inlineStr">
+        <is>
+          <t>Katering Bakul Mami</t>
+        </is>
+      </c>
+      <c r="D14" s="1" t="inlineStr">
+        <is>
+          <t>rumah makan</t>
+        </is>
+      </c>
+      <c r="E14" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F14" s="1" t="inlineStr">
+        <is>
+          <t>KULINER</t>
+        </is>
+      </c>
+      <c r="G14" s="1" t="inlineStr">
+        <is>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+        </is>
+      </c>
+      <c r="H14" s="1" t="inlineStr">
+        <is>
+          <t>Rengas Condong</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J14" s="1"/>
+      <c r="K14" s="1"/>
+      <c r="L14" s="1"/>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>100000000</t>
+        </is>
+      </c>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
+      <c r="P14" s="1"/>
+      <c r="Q14" s="1"/>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
+      <c r="T14" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:02:17</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
+      <c r="A15" s="1" t="inlineStr">
+        <is>
+          <t>109</t>
+        </is>
+      </c>
+      <c r="B15" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/shnr94lk1iex827.jpeg</t>
+        </is>
+      </c>
+      <c r="C15" s="1" t="inlineStr">
+        <is>
+          <t>Bilshop</t>
+        </is>
+      </c>
+      <c r="D15" s="1" t="inlineStr">
+        <is>
+          <t>Perorangan</t>
+        </is>
+      </c>
+      <c r="E15" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F15" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G15" s="1" t="inlineStr">
+        <is>
+          <t>875J+2VQ, Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+        </is>
+      </c>
+      <c r="H15" s="1" t="inlineStr">
+        <is>
+          <t>Teratai</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J15" s="1"/>
+      <c r="K15" s="1"/>
+      <c r="L15" s="1"/>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N15" s="1"/>
+      <c r="O15" s="1"/>
+      <c r="P15" s="1"/>
+      <c r="Q15" s="1"/>
+      <c r="R15" s="1"/>
+      <c r="S15" s="1"/>
+      <c r="T15" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:06:20</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
+      <c r="A16" s="1" t="inlineStr">
+        <is>
+          <t>108</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/rfwc43avepzldig.jpeg</t>
+        </is>
+      </c>
+      <c r="C16" s="1" t="inlineStr">
+        <is>
+          <t>Shaqeena Boutique</t>
+        </is>
+      </c>
+      <c r="D16" s="1" t="inlineStr">
+        <is>
+          <t>Perorangan</t>
+        </is>
+      </c>
+      <c r="E16" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Menengah</t>
+        </is>
+      </c>
+      <c r="F16" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G16" s="1" t="inlineStr">
+        <is>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+        </is>
+      </c>
+      <c r="H16" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J16" s="1" t="inlineStr">
+        <is>
+          <t>081373234155</t>
+        </is>
+      </c>
+      <c r="K16" s="1"/>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;Rina diana&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;Rinashaqeena&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>90000000</t>
+        </is>
+      </c>
+      <c r="N16" s="1"/>
+      <c r="O16" s="1"/>
+      <c r="P16" s="1"/>
+      <c r="Q16" s="1"/>
+      <c r="R16" s="1"/>
+      <c r="S16" s="1"/>
+      <c r="T16" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:08:12</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
+      <c r="A17" s="1" t="inlineStr">
+        <is>
+          <t>107</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/4mprqf2l38hce0k.jpg</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="inlineStr">
+        <is>
+          <t>Rumah Oleh-oleh Ararel</t>
+        </is>
+      </c>
+      <c r="D17" s="1" t="inlineStr">
+        <is>
+          <t>Warung Makan</t>
+        </is>
+      </c>
+      <c r="E17" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F17" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G17" s="1" t="inlineStr">
+        <is>
+          <t>Komplek Bulian Baru 3 Blok J-3 RT 025 RW 004 Kelurahan Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+        </is>
+      </c>
+      <c r="H17" s="1" t="inlineStr">
+        <is>
+          <t>Teratai</t>
+        </is>
+      </c>
+      <c r="I17" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>085368950933</t>
+        </is>
+      </c>
+      <c r="K17" s="1"/>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;Melly Ny Lukman&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N17" s="1"/>
+      <c r="O17" s="1"/>
+      <c r="P17" s="1"/>
+      <c r="Q17" s="1"/>
+      <c r="R17" s="1"/>
+      <c r="S17" s="1"/>
+      <c r="T17" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:02:53</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
+      <c r="A18" s="1" t="inlineStr">
+        <is>
+          <t>106</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/1se4l_25txh6pkj.jpg</t>
+        </is>
+      </c>
+      <c r="C18" s="1" t="inlineStr">
+        <is>
+          <t>Rengginang Bunda Azam</t>
+        </is>
+      </c>
+      <c r="D18" s="1" t="inlineStr">
+        <is>
+          <t>Makanan ringan</t>
+        </is>
+      </c>
+      <c r="E18" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F18" s="1" t="inlineStr">
+        <is>
+          <t>UMKM</t>
+        </is>
+      </c>
+      <c r="G18" s="1" t="inlineStr">
+        <is>
+          <t>876F+CH Teratai, Kabupaten Batang Hari, Jambi, Indonesia</t>
+        </is>
+      </c>
+      <c r="H18" s="1" t="inlineStr">
+        <is>
+          <t>Teratai</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J18" s="1"/>
+      <c r="K18" s="1"/>
+      <c r="L18" s="1"/>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N18" s="1"/>
+      <c r="O18" s="1"/>
+      <c r="P18" s="1"/>
+      <c r="Q18" s="1"/>
+      <c r="R18" s="1"/>
+      <c r="S18" s="1"/>
+      <c r="T18" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 12:03:26</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
+      <c r="A19" s="1" t="inlineStr">
+        <is>
+          <t>105</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/4t91v5k_xio7fhz.jpg</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="inlineStr">
+        <is>
+          <t>PLAT BH</t>
+        </is>
+      </c>
+      <c r="D19" s="1" t="inlineStr">
+        <is>
+          <t>rumah makan</t>
+        </is>
+      </c>
+      <c r="E19" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F19" s="1" t="inlineStr">
+        <is>
+          <t>KULINER</t>
+        </is>
+      </c>
+      <c r="G19" s="1" t="inlineStr">
+        <is>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+        </is>
+      </c>
+      <c r="H19" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="I19" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J19" s="1"/>
+      <c r="K19" s="1"/>
+      <c r="L19" s="1"/>
+      <c r="M19" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N19" s="1"/>
+      <c r="O19" s="1"/>
+      <c r="P19" s="1"/>
+      <c r="Q19" s="1"/>
+      <c r="R19" s="1"/>
+      <c r="S19" s="1"/>
+      <c r="T19" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 11:59:28</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
+      <c r="A20" s="1" t="inlineStr">
+        <is>
+          <t>104</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/dm1n67g9vsfz2r5.jpg</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="inlineStr">
+        <is>
+          <t>Ketring Reni Godek</t>
+        </is>
+      </c>
+      <c r="D20" s="1" t="inlineStr">
+        <is>
+          <t>rumah makan</t>
+        </is>
+      </c>
+      <c r="E20" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F20" s="1" t="inlineStr">
+        <is>
+          <t>KULINER</t>
+        </is>
+      </c>
+      <c r="G20" s="1" t="inlineStr">
+        <is>
+          <t>Perumahan AZP Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+        </is>
+      </c>
+      <c r="H20" s="1" t="inlineStr">
+        <is>
+          <t>Teratai</t>
+        </is>
+      </c>
+      <c r="I20" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>082258508855</t>
+        </is>
+      </c>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>50000000</t>
+        </is>
+      </c>
+      <c r="N20" s="1"/>
+      <c r="O20" s="1"/>
+      <c r="P20" s="1"/>
+      <c r="Q20" s="1"/>
+      <c r="R20" s="1"/>
+      <c r="S20" s="1"/>
+      <c r="T20" s="1" t="inlineStr">
+        <is>
+          <t>2023-09-20 11:44:30</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
+      <c r="A21" s="1" t="inlineStr">
+        <is>
+          <t>102</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/7afn2lh5ycx1mw8.jpg</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="inlineStr">
+        <is>
+          <t>dino</t>
+        </is>
+      </c>
+      <c r="D21" s="1" t="inlineStr">
+        <is>
+          <t>kafe</t>
+        </is>
+      </c>
+      <c r="E21" s="1" t="inlineStr">
+        <is>
+          <t>Usaha Mikro</t>
+        </is>
+      </c>
+      <c r="F21" s="1" t="inlineStr">
+        <is>
+          <t>KULINER</t>
+        </is>
+      </c>
+      <c r="G21" s="1" t="inlineStr">
+        <is>
+          <t>77Q4+JP Rengas Condong, Kabupaten Batang Hari, Jambi, Indonesia</t>
+        </is>
+      </c>
+      <c r="H21" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="I21" s="1" t="inlineStr">
+        <is>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J21" s="1" t="inlineStr">
+        <is>
+          <t>081366420008</t>
+        </is>
+      </c>
+      <c r="K21" s="1"/>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
+      <c r="R21" s="1"/>
+      <c r="S21" s="1"/>
+      <c r="T21" s="1" t="inlineStr">
+        <is>
+          <t>2023-07-09 16:56:40</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>