--- v0 (2025-10-07)
+++ v1 (2026-03-08)
@@ -227,1304 +227,1360 @@
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>rencana_investasi</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>infrastruktur_pendukung</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>fasilitas_pendukung</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>date_created</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>66</t>
-[...2 lines deleted...]
-      <c r="B2" s="1"/>
+          <t>143</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/hl41s9_wrdtvqy7.jpeg</t>
+        </is>
+      </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Kantor Polisi Sektor ( Polsek) Bajubang</t>
+          <t>Dodol Ketan Mb Pur</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>Departemen Kepolisian</t>
+          <t>Cake dan makanan ringan</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>KANTOR POLISI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>Jl. Muaro Bulian - Tempino No.38-39, Penerokan, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>RT 20, Dusun Purwodadi, Jl. Muaro Bulian - Tempino No.44, Penerokan, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
           <t>Penerokan</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>Bajubang</t>
         </is>
       </c>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 18:46:14</t>
+          <t>2023-09-28 22:44:36</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>65</t>
-[...2 lines deleted...]
-      <c r="B3" s="1"/>
+          <t>142</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/smwd7itb0re2up4.jpg</t>
+        </is>
+      </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Taman Payung</t>
+          <t>Kaluna florist</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Tujuan Wisata</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Pulau Betung, Kec. Pemayung, Kabupaten Batang Hari, Jambi 36657</t>
+          <t>77V6+36 Rengas Condong, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Pulau Betung</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>15000000</t>
         </is>
       </c>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 15:17:12</t>
+          <t>2023-09-22 11:42:34</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>64</t>
-[...2 lines deleted...]
-      <c r="B4" s="1"/>
+          <t>141</t>
+        </is>
+      </c>
+      <c r="B4" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/yhxmecjlbiguaqs.jpg</t>
+        </is>
+      </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Taman Berbunga Talang Bukit Rantau Puri</t>
+          <t>Dera olshop</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Taman Nasional</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>Jl. Lintas Sumatra No.RT.10, Rantau Puri, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611</t>
+          <t>Jln. Rm mataher</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>Rantau Puri</t>
+          <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 15:06:14</t>
+          <t>2023-09-21 11:15:01</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>63</t>
+          <t>140</t>
         </is>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Taman Tapah Malenggang</t>
+          <t>Toko baju ibu azka</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Taman Hiburan</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Usaha Menengah</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Jl. Sultan Thaha Komplek Air Panas No.Rt10/03, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36616</t>
+          <t>Jl. Koni, Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 15:01:30</t>
+          <t>2023-09-20 16:01:06</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>62</t>
-[...2 lines deleted...]
-      <c r="B6" s="1"/>
+          <t>139</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/k7ir15s84hwyaml.jpg</t>
+        </is>
+      </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Wisata Danau Letang</t>
+          <t>ROTI BATA IRVIANDA BAKERY</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Tujuan Wisata</t>
+          <t>Mikro</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Jl. Pramuka, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613</t>
+          <t>Jl. Budiman, Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J6" s="1"/>
+      <c r="J6" s="1" t="inlineStr">
+        <is>
+          <t>082175913770</t>
+        </is>
+      </c>
       <c r="K6" s="1"/>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;Roti bata irvianda bakery&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;Roti_bata_irvianda_bakery&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M6" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>25000000</t>
         </is>
       </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 14:55:57</t>
+          <t>2023-09-20 13:58:18</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>61</t>
-[...2 lines deleted...]
-      <c r="B7" s="1"/>
+          <t>138</t>
+        </is>
+      </c>
+      <c r="B7" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/9eyla5wpiotqfcj.jpg</t>
+        </is>
+      </c>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Sungai Bujang Simpang Pete Muara Bulian</t>
+          <t>Dapur khay cil</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Taman Hiburan</t>
+          <t>Cake dan makanan ringan</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>Simpang Pete Pal 5, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611</t>
+          <t>RT 15 RW 05 Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia 0895401110060</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Rengas Condong</t>
+          <t>Bajubang</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>105000000</t>
         </is>
       </c>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 14:50:56</t>
+          <t>2023-09-20 12:46:56</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>60</t>
-[...2 lines deleted...]
-      <c r="B8" s="1"/>
+          <t>137</t>
+        </is>
+      </c>
+      <c r="B8" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/q3r47yu0lnpczva.jpg</t>
+        </is>
+      </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Bukit Ilalang Sungkai</t>
+          <t>TETEH KAYLA</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>Taman Nasional</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>Sungkai, Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jln. Rangkayo Hitam. Rt. 34, Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Sungkai</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 14:44:19</t>
+          <t>2023-09-20 12:51:16</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>59</t>
+          <t>136</t>
         </is>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>Taman Remaja Muara Tembesi</t>
+          <t>Waroeng Lala </t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>Taman Hiburan</t>
+          <t>Makanan ringan (Snack)</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>KULINER</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>Kp. Baru, Kec. Muara Tembesi, Kabupaten Batang Hari, Jambi 36653</t>
+          <t>Lrg. Mitra, Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>Kampung Baru</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
-          <t>Muara Tembesi</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 14:38:12</t>
+          <t>2023-09-20 12:43:31</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>58</t>
+          <t>135</t>
         </is>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>Puri Rimbo Bulian</t>
+          <t>Mama ita</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>Taman Nasional</t>
+          <t>Cake dan makanan ringan</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>Jl. Sarolangun - Muara Tembesi, Kp. Baru, Kec. Muara Tembesi, Kabupaten Batang Hari, Jambi 36653</t>
+          <t>Ps. Baru, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>Kampung Baru</t>
+          <t>Pasar Baru</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
-          <t>Muara Tembesi</t>
-[...6 lines deleted...]
-      </c>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 14:29:01</t>
+          <t>2023-09-20 12:40:14</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>57</t>
+          <t>134</t>
         </is>
       </c>
       <c r="B11" s="1"/>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Danau Ugo</t>
+          <t>Sakinah bungo tanjung</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Taman Nasional</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>Kec. Batin XXIV, Kabupaten Batang Hari, Jambi 36656, Indonesia</t>
+          <t>Jl. Muara Bungo-Jambi No.1, Sukaramai, Kec. Muara Tembesi, Kabupaten Batang Hari, Jambi 36653, Indonesia</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>Aur Gading</t>
+          <t>Rambutan Masam</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
-          <t>Batin XXIV</t>
-[...6 lines deleted...]
-      </c>
+          <t>Muara Tembesi</t>
+        </is>
+      </c>
+      <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 14:06:37</t>
+          <t>2023-09-20 12:25:51</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>56</t>
-[...2 lines deleted...]
-      <c r="B12" s="1"/>
+          <t>133</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/wazck7y0_49tj6l.jpg</t>
+        </is>
+      </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Taman Nasional Bukit Dua Belas</t>
+          <t>Bulan bintang </t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>Taman Nasional</t>
+          <t>Cemilan ringan</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>Batu Sawar, Kec. Maro Sebo Ulu, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>77VW+32 Teratai, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>Batu Sawar</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
-          <t>Maro Sebo Ulu</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J12" s="1"/>
-      <c r="K12" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1" t="inlineStr">
         <is>
-          <t>2023-06-20 13:44:40</t>
+          <t>2023-09-20 12:37:38</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>37</t>
-[...2 lines deleted...]
-      <c r="B13" s="1"/>
+          <t>132</t>
+        </is>
+      </c>
+      <c r="B13" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/cxjw5v3tzs0yai1.jpeg</t>
+        </is>
+      </c>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>TERAS BULIAN</t>
+          <t>AAQ FOOD</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>Persekutuan Komanditer (CV )</t>
+          <t>Cake dan makanan ringan</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Usaha Kecil</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>KOMPLEK AIR PANAS</t>
+          <t>Lorong Dulur, Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>Rengas Condong</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
       <c r="M13" s="1" t="inlineStr">
         <is>
-          <t>200000000</t>
+          <t>10000000</t>
         </is>
       </c>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:40:25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>36</t>
-[...2 lines deleted...]
-      <c r="B14" s="1"/>
+          <t>131</t>
+        </is>
+      </c>
+      <c r="B14" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/hkr47lq5jvz2a9m.jpg</t>
+        </is>
+      </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>CITRAMULIA MANUNGGAL</t>
+          <t>LADI CUAN</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>DESA TELUK LEBAN</t>
+          <t>Jalan gajahmada rt.06 rw. 02 kel. Teratai kec. Muara bulian</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>Teluk Leban</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
-          <t>Maro Sebo Ulu</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1" t="inlineStr">
         <is>
-          <t>45750000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:24:43</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>35</t>
+          <t>130</t>
         </is>
       </c>
       <c r="B15" s="1"/>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>ASIA SAWIT LESTARI</t>
+          <t>Makanan ringan SN</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>Persekutuan Komanditer (CV )</t>
+          <t>Mikro</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>Dusun Peris Baru, RT.07</t>
+          <t>874P+53 Teratai, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>Ladang Peris</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1" t="inlineStr">
         <is>
-          <t>174122443029</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:26:56</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>32</t>
+          <t>129</t>
         </is>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>SAWIT JAMBI LESTARI</t>
+          <t>Makanan ringan SN</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Mikro</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>Simpang rantau gedang</t>
+          <t>874P+53 Teratai, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>Rantau Gedang</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
-          <t>Mersam</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1" t="inlineStr">
         <is>
-          <t>315750000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:26:56</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>29</t>
-[...2 lines deleted...]
-      <c r="B17" s="1"/>
+          <t>128</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/uz61xn3i_c7qfy5.jpg</t>
+        </is>
+      </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>DHARMASRAYA PALMA SEJAHTERA</t>
+          <t>Dodol Medan </t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>DESA KARMIO</t>
+          <t>Batin, Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>Karmeo</t>
+          <t>Batin</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
-          <t>Batin XXIV</t>
+          <t>Bajubang</t>
         </is>
       </c>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1" t="inlineStr">
         <is>
-          <t>6150000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:33:58</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>24</t>
-[...2 lines deleted...]
-      <c r="B18" s="1"/>
+          <t>127</t>
+        </is>
+      </c>
+      <c r="B18" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/raze14sj9dl8gch.jpg</t>
+        </is>
+      </c>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>PONDOK PASANTREN ZULHIJJAH</t>
+          <t>WARUNG PELANGI </t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Yayasan</t>
+          <t>Cake dan makanan ringan</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>Usaha Menengah</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>PENDIDIKAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>JL. GAJAH MADA RT 17/01</t>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>Teratai</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1" t="inlineStr">
         <is>
-          <t>5100000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:15:41</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>23</t>
-[...2 lines deleted...]
-      <c r="B19" s="1"/>
+          <t>126</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/w0pjvf56ult7xq9.jpg</t>
+        </is>
+      </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>PRATAMA AGRO SAWIT</t>
+          <t>Dera olshop</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Add</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>Olak Besar</t>
+          <t>Jln. Raden mattaher rengas condong rt. 04</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>Olak Besar</t>
+          <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
-          <t>Batin XXIV</t>
-[...2 lines deleted...]
-      <c r="J19" s="1"/>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J19" s="1" t="inlineStr">
+        <is>
+          <t>082278263182</t>
+        </is>
+      </c>
       <c r="K19" s="1"/>
-      <c r="L19" s="1"/>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;Dewi yuliana&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M19" s="1" t="inlineStr">
         <is>
-          <t>80604989000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:27:59</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>22</t>
-[...2 lines deleted...]
-      <c r="B20" s="1"/>
+          <t>125</t>
+        </is>
+      </c>
+      <c r="B20" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/kx03syr1fw9ov4b.jpg</t>
+        </is>
+      </c>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>RUMAH SAKIT UMUM DAERAH HAJI ABDOEL MADJID BATOE</t>
+          <t>JENG YATI</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>Lembaga dan Bentuk Lainnya</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>KESEHATAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>Jl. Prof. Dr. Sri Sudewi,SH</t>
+          <t>Jln jend sudirman rt 30 rw 07, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J20" s="1"/>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>082306696600</t>
+        </is>
+      </c>
       <c r="K20" s="1"/>
-      <c r="L20" s="1"/>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;Sugiati&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;sugiati.99&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M20" s="1" t="inlineStr">
         <is>
-          <t>78500000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
       <c r="R20" s="1"/>
       <c r="S20" s="1"/>
       <c r="T20" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:15:53</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>124</t>
         </is>
       </c>
       <c r="B21" s="1"/>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>INTI INDOSAWIT SUBUR</t>
+          <t>Cemilan Renyah mama Arfan</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Cemilan renyah</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>DESA BULIAN JAYA</t>
+          <t>Jl. Tembesi-Jambi, Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>Bulian Jaya</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
-          <t>Maro Sebo Ilir</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1" t="inlineStr">
         <is>
-          <t>51259978656</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1" t="inlineStr">
         <is>
-          <t>2023-05-20 10:00:00</t>
+          <t>2023-09-20 12:26:32</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>