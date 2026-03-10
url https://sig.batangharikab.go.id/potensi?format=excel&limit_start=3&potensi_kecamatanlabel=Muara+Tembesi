--- v0 (2025-12-06)
+++ v1 (2026-03-10)
@@ -227,1300 +227,1248 @@
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>rencana_investasi</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>infrastruktur_pendukung</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>fasilitas_pendukung</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>date_created</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>37197</t>
+          <t>37210</t>
         </is>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>KURNIA BATANG HARI BERJAYA</t>
+          <t>PT BERKAT SAWIT UTAMA</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
           <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>Jl. Sarolangun - Muara Tembesi No.45, Simpang Karmeo, Kec. Batin XXIV, Kabupaten Batang Hari, Jambi 36653, Indonesia</t>
+          <t>Jalan Tanpa Nama, Bungku, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>Simpang Karmeo</t>
+          <t>Bungku</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
-          <t>Batin XXIV</t>
+          <t>Bajubang</t>
         </is>
       </c>
       <c r="J2" s="1"/>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1"/>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1" t="inlineStr">
         <is>
-          <t>2025-10-23 11:31:26</t>
+          <t>2025-10-28 11:14:35</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>37196</t>
+          <t>37209</t>
         </is>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>PT. KARET PULAI INDUSTRI</t>
+          <t>PT MEKAR AGRO SAWIT</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
           <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>PLYWOOD</t>
+          <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Kec. Maro Sebo Ulu, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Sridadi</t>
+          <t>Padang Kelapo</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Maro Sebo Ulu</t>
         </is>
       </c>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1" t="inlineStr">
         <is>
-          <t>2025-10-23 11:27:41</t>
+          <t>2025-10-28 11:12:04</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>37195</t>
+          <t>37208</t>
         </is>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>PT. SUMBER TATA CITRA MANDIRI</t>
+          <t>PT. KURNIA SAWIT BERJAYA</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
           <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>PLYWOOD</t>
+          <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Kec. Batin XXIV, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>Tenam</t>
+          <t>Hajran</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Batin XXIV</t>
         </is>
       </c>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1" t="inlineStr">
         <is>
-          <t>2025-10-23 11:24:22</t>
+          <t>2025-10-28 10:58:00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>37194</t>
+          <t>37207</t>
         </is>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>PT Dua Maju Makmur</t>
+          <t>Mini Market Emly</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Mini Market</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Menengah</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
-          <t>TRANSPORTASI</t>
+          <t>PERDAGANGAN</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Kec. Maro Sebo Ulu, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Rengas Condong, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>Sungai Ruan Ulu</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
-          <t>Maro Sebo Ulu</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1"/>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1" t="inlineStr">
         <is>
           <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
         </is>
       </c>
       <c r="S5" s="1"/>
       <c r="T5" s="1" t="inlineStr">
         <is>
-          <t>2025-10-23 11:20:36</t>
+          <t>2025-10-27 15:49:22</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>37193</t>
-[...2 lines deleted...]
-      <c r="B6" s="1"/>
+          <t>37206</t>
+        </is>
+      </c>
+      <c r="B6" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/_on05bs2i8zv37u.jpeg</t>
+        </is>
+      </c>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>PT Inti Bahar Utama</t>
+          <t>DINAS PENANAMAN MODAL DAN PELAYANAN TERPADU SATU PINTU</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Kantor Pemerintahan</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>KEBUN SAWIT</t>
+          <t>PEMERINTAHAN</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Kec. Batin XXIV, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Jenderal Sudirman, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Muara Jangga</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
-          <t>Batin XXIV</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
-      <c r="L6" s="1"/>
+      <c r="L6" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://facebook.com/dpmptsp Batangharikab&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1" t="inlineStr">
         <is>
-          <t>2025-10-23 11:08:21</t>
+          <t>2025-10-27 15:41:48</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>37192</t>
+          <t>37205</t>
         </is>
       </c>
       <c r="B7" s="1"/>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>PT. Morodadi Agung</t>
+          <t>Bioflok</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>GAS LPG</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>Jl. Tembesi-Jambi, Tebing Tinggi, Kec. Pemayung, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
+          <t>Jl. Indo Karunia, Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Tebing Tinggi</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
-[...2 lines deleted...]
-      <c r="J7" s="1"/>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J7" s="1" t="inlineStr">
+        <is>
+          <t>085368496124</t>
+        </is>
+      </c>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
-      <c r="O7" s="1"/>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1" t="inlineStr">
         <is>
           <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
         </is>
       </c>
       <c r="S7" s="1"/>
       <c r="T7" s="1" t="inlineStr">
         <is>
-          <t>2025-10-23 11:02:55</t>
+          <t>2025-10-24 10:02:08</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>37191</t>
+          <t>37204</t>
         </is>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>PT Mutiara Sawit Semesta</t>
+          <t>PT. JAMBI DISTRIBUTOR RAYA</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
           <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>KEBUN SAWIT</t>
+          <t>PERDAGANGAN</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>Kec. Maro Sebo Ulu, Simpang Sungai Rengas Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Tembesi-Jambi No.16, Sungai Buluh, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Simpang Sungai Rengas</t>
+          <t>Sungai Buluh</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
-          <t>Maro Sebo Ulu</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
-      <c r="R8" s="1"/>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S8" s="1"/>
       <c r="T8" s="1" t="inlineStr">
         <is>
-          <t>2025-10-23 10:41:51</t>
+          <t>2025-10-23 12:44:21</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>37190</t>
-[...6 lines deleted...]
-      </c>
+          <t>37203</t>
+        </is>
+      </c>
+      <c r="B9" s="1"/>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>PT. IndoKebun Uggul</t>
+          <t>PT. INDO KEBUN UNGGUL</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
           <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
           <t>Muaro Singoan, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
           <t>Muara Singoan</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1" t="inlineStr">
         <is>
-          <t>2025-10-16 12:39:19</t>
+          <t>2025-10-23 12:29:40</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>37189</t>
+          <t>37202</t>
         </is>
       </c>
       <c r="B10" s="1"/>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>PT. Kedaton Mulia Primas</t>
+          <t>PT. VELINDO ANEKA TANI</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
           <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>Durian Luncuk, Kec. Batin XXIV, Kabupaten Batang Hari, Jambi 36656, Indonesia</t>
+          <t>Kec. Mersam, Kabupaten Batang Hari, Jambi 36654, Indonesia</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>Durian Luncuk</t>
+          <t>Simpang Sungai Rengas</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
-          <t>Batin XXIV</t>
+          <t>Maro Sebo Ulu</t>
         </is>
       </c>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
-      <c r="M10" s="1"/>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
       <c r="S10" s="1"/>
       <c r="T10" s="1" t="inlineStr">
         <is>
-          <t>2025-10-16 12:24:42</t>
+          <t>2025-10-23 12:23:19</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>37188</t>
-[...6 lines deleted...]
-      </c>
+          <t>37201</t>
+        </is>
+      </c>
+      <c r="B11" s="1"/>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Kebun Kelapa sawit</t>
+          <t>PT. DEZNEKAT</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Perkebunan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>Rambutan Masam, Kec. Muara Tembesi, Kabupaten Batang Hari, Jambi 36653, Indonesia</t>
+          <t>Kec. Maro Sebo Ulu, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>Rambutan Masam</t>
+          <t>Simpang Sungai Rengas</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
-          <t>Muara Tembesi</t>
+          <t>Maro Sebo Ulu</t>
         </is>
       </c>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1" t="inlineStr">
         <is>
-          <t>2025-10-16 11:29:55</t>
+          <t>2025-10-23 11:53:46</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>37187</t>
+          <t>37200</t>
         </is>
       </c>
       <c r="B12" s="1"/>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Padi sawah</t>
+          <t>PT. GEMA NUSA LESTARI</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>Perorangan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>TANI</t>
+          <t>PLYWOOD</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>Terusan Kecamatan maro sebo ilir, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>64H6+92P, Ampelu Mudo, Kec. Muara Tembesi, Kabupaten Batang Hari, Jambi 36653, Indonesia</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>Terusan</t>
+          <t>Ampelo Mudo</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
-          <t>Maro Sebo Ilir</t>
+          <t>Muara Tembesi</t>
         </is>
       </c>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1"/>
       <c r="N12" s="1"/>
       <c r="O12" s="1"/>
       <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
       <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1" t="inlineStr">
         <is>
-          <t>2025-10-16 11:09:47</t>
+          <t>2025-10-23 11:50:21</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>37186</t>
+          <t>37199</t>
         </is>
       </c>
       <c r="B13" s="1"/>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Kebun Kelapa sawit</t>
+          <t>PT DELI PRATAMA PELABUHAN</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>Perorangan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
-          <t>KEBUN SAWIT</t>
+          <t>TRANSPORTASI</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>Jalan Baru, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Jl. Sarolangun - Muara Tembesi, Durian Luncuk, Kec. Batin XXIV, Kabupaten Batang Hari, Jambi 36656, Indonesia</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Durian Luncuk</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Batin XXIV</t>
+        </is>
+      </c>
+      <c r="J13" s="1"/>
       <c r="K13" s="1"/>
       <c r="L13" s="1"/>
-      <c r="M13" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="M13" s="1"/>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
-      <c r="R13" s="1"/>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S13" s="1"/>
       <c r="T13" s="1" t="inlineStr">
         <is>
-          <t>2025-10-16 11:03:53</t>
+          <t>2025-10-23 11:39:43</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>37185</t>
-[...6 lines deleted...]
-      </c>
+          <t>37198</t>
+        </is>
+      </c>
+      <c r="B14" s="1"/>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>IFRA snack</t>
+          <t>INTI BANGUN SARANA</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>BATUBARA</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>Pondok berlian indah  Blok J no 10 Jalan beringin 2 , Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+          <t>Tenam, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
+          <t>Tenam</t>
+        </is>
+      </c>
+      <c r="I14" s="1" t="inlineStr">
+        <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="I14" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="J14" s="1"/>
       <c r="K14" s="1"/>
-      <c r="L14" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1" t="inlineStr">
         <is>
-          <t>2025-10-14 12:45:05</t>
+          <t>2025-10-23 11:34:46</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>37184</t>
-[...6 lines deleted...]
-      </c>
+          <t>37197</t>
+        </is>
+      </c>
+      <c r="B15" s="1"/>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Rajut Melia</t>
+          <t>KURNIA BATANG HARI BERJAYA</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>Kerajinan Rajut</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>Jl. Gajah Mada, Ps. Baru, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+          <t>Jl. Sarolangun - Muara Tembesi No.45, Simpang Karmeo, Kec. Batin XXIV, Kabupaten Batang Hari, Jambi 36653, Indonesia</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>Pasar Baru</t>
+          <t>Simpang Karmeo</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Batin XXIV</t>
+        </is>
+      </c>
+      <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1" t="inlineStr">
         <is>
-          <t>2025-10-08 12:05:41</t>
+          <t>2025-10-23 11:31:26</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>37183</t>
+          <t>37196</t>
         </is>
       </c>
       <c r="B16" s="1"/>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Rumah wiwin</t>
+          <t>PT. KARET PULAI INDUSTRI</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PLYWOOD</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>Jalan Tanpa Nama, Petajen, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
+          <t>Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>Petajin</t>
+          <t>Sridadi</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
-[...6 lines deleted...]
-      </c>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1" t="inlineStr">
         <is>
-          <t>2025-10-08 11:57:51</t>
+          <t>2025-10-23 11:27:41</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>37182</t>
+          <t>37195</t>
         </is>
       </c>
       <c r="B17" s="1"/>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>pujiastuti</t>
+          <t>PT. SUMBER TATA CITRA MANDIRI</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PLYWOOD</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>Jalan Tanpa Nama, Petajen, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
+          <t>Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>Petajin</t>
+          <t>Tenam</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
-[...6 lines deleted...]
-      </c>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
       <c r="O17" s="1"/>
       <c r="P17" s="1"/>
       <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1" t="inlineStr">
         <is>
-          <t>2025-10-08 11:32:24</t>
+          <t>2025-10-23 11:24:22</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>37181</t>
+          <t>37194</t>
         </is>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Nazwa</t>
+          <t>PT Dua Maju Makmur</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>TRANSPORTASI</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>Jalan Tanpa Nama, Petajen, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
+          <t>Kec. Maro Sebo Ulu, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>Petajin</t>
+          <t>Sungai Ruan Ulu</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maro Sebo Ulu</t>
+        </is>
+      </c>
+      <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
-      <c r="R18" s="1"/>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S18" s="1"/>
       <c r="T18" s="1" t="inlineStr">
         <is>
-          <t>2025-10-08 11:19:57</t>
+          <t>2025-10-23 11:20:36</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>37180</t>
-[...6 lines deleted...]
-      </c>
+          <t>37193</t>
+        </is>
+      </c>
+      <c r="B19" s="1"/>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>IFRA sncak</t>
+          <t>PT Inti Bahar Utama</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Kec. Batin XXIV, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Muara Jangga</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Batin XXIV</t>
+        </is>
+      </c>
+      <c r="J19" s="1"/>
       <c r="K19" s="1"/>
-      <c r="L19" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1"/>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1" t="inlineStr">
         <is>
-          <t>2025-10-08 11:28:47</t>
+          <t>2025-10-23 11:08:21</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>37178</t>
-[...6 lines deleted...]
-      </c>
+          <t>37192</t>
+        </is>
+      </c>
+      <c r="B20" s="1"/>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>APEL PAGI</t>
+          <t>PT. Morodadi Agung</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>Buah</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>GAS LPG</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>874M+76 Teratai, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Tembesi-Jambi, Tebing Tinggi, Kec. Pemayung, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>Teratai</t>
+          <t>Tebing Tinggi</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...21 lines deleted...]
-      </c>
+          <t>Pemayung</t>
+        </is>
+      </c>
+      <c r="J20" s="1"/>
+      <c r="K20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1"/>
       <c r="N20" s="1"/>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
-      <c r="R20" s="1"/>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S20" s="1"/>
       <c r="T20" s="1" t="inlineStr">
         <is>
-          <t>2025-10-08 11:21:50</t>
+          <t>2025-10-23 11:02:55</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>37177</t>
+          <t>37191</t>
         </is>
       </c>
       <c r="B21" s="1"/>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>TAMAN WISATA SUNGAI BUJANG </t>
+          <t>PT Mutiara Sawit Semesta</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Tujuan Wisata</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Usaha Menengah</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>WISATA</t>
+          <t>KEBUN SAWIT</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>Jalan Tanpa Nama, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Kec. Maro Sebo Ulu, Simpang Sungai Rengas Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>Rengas Condong</t>
+          <t>Simpang Sungai Rengas</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Maro Sebo Ulu</t>
+        </is>
+      </c>
+      <c r="J21" s="1"/>
       <c r="K21" s="1"/>
-      <c r="L21" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
       <c r="O21" s="1"/>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1"/>
       <c r="S21" s="1"/>
       <c r="T21" s="1" t="inlineStr">
         <is>
-          <t>2025-10-08 11:21:51</t>
+          <t>2025-10-23 10:41:51</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>