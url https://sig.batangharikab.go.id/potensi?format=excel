--- v0 (2025-10-06)
+++ v1 (2025-12-06)
@@ -227,1428 +227,1520 @@
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>rencana_investasi</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>infrastruktur_pendukung</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>fasilitas_pendukung</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>date_created</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>37176</t>
+          <t>37238</t>
         </is>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Gaba</t>
+          <t>Dapur mak siti</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
           <t>Add makanan</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>BATUBARA</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>77P7+5V Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>Bajubang Laut</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J2" s="1"/>
+      <c r="J2" s="1" t="inlineStr">
+        <is>
+          <t>082173034748</t>
+        </is>
+      </c>
       <c r="K2" s="1"/>
-      <c r="L2" s="1"/>
+      <c r="L2" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://facebook.com/Dapur mak siti&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M2" s="1" t="inlineStr">
         <is>
-          <t>-3000000000</t>
+          <t>20000000</t>
         </is>
       </c>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1" t="inlineStr">
         <is>
-          <t>2025-10-04 12:53:48</t>
+          <t>2025-12-04 09:29:10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>37175</t>
-[...2 lines deleted...]
-      <c r="B3" s="1"/>
+          <t>37236</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/1vro63mlc4zb0us.jpg</t>
+        </is>
+      </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Ram Loding Kelapa Sawit</t>
+          <t>PT. AGRO MERAK SEJAHTERA</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Perorangan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Usaha Kecil</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>KEBUN SAWIT</t>
+          <t>PABRIK KELAPA SAWIT</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Jl. Tembesi - Jambi, Simpang Terusan, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Simpang Terusan</t>
+          <t>Sungai Buluh</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J3" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
-      <c r="M3" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="M3" s="1"/>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1" t="inlineStr">
         <is>
-          <t>2025-10-03 09:27:47</t>
+          <t>2025-11-14 09:46:17</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>215</t>
+          <t>37235</t>
         </is>
       </c>
       <c r="B4" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/potensi/logo/_b6g47irqcutpj8.jpg</t>
+          <t>uploads/photos/potensi/logo/1qjg8orsldyfp0v.png</t>
         </is>
       </c>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Yuni arli </t>
+          <t>PT. SUPER HOME PRODUCT INDONESIA</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>KOSMETIK</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>KOSMETIK</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>Lorong Fortuna, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+          <t>RT.05 Des. Bajubang Laut, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J4" s="1" t="inlineStr">
         <is>
-          <t>085266481962</t>
+          <t>081376531301</t>
         </is>
       </c>
       <c r="K4" s="1"/>
-      <c r="L4" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:59:41</t>
+          <t>2025-11-12 13:40:16</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>214</t>
-[...6 lines deleted...]
-      </c>
+          <t>37234</t>
+        </is>
+      </c>
+      <c r="B5" s="1"/>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Kevkey</t>
+          <t>DAPOER AMOY</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Piyek kacang/teri</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Tebing Tinggi, Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Madura, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>Tebing Tinggi</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J5" s="1" t="inlineStr">
         <is>
-          <t>085874150623</t>
+          <t>08117449970</t>
         </is>
       </c>
       <c r="K5" s="1"/>
-      <c r="L5" s="1"/>
+      <c r="L5" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:null,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;https://instagram.com/DAPOERAMOY10&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M5" s="1" t="inlineStr">
         <is>
-          <t>2000000</t>
+          <t>500000</t>
         </is>
       </c>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:40:02</t>
+          <t>2025-11-11 10:43:42</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>213</t>
-[...6 lines deleted...]
-      </c>
+          <t>37233</t>
+        </is>
+      </c>
+      <c r="B6" s="1"/>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Cassia Bubuk Kayu Manis</t>
+          <t>Pokdakan usaha baru</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Bumbu Rempah</t>
+          <t>Budidaya ikan patin</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Lorong Sialang Madu RT:06, Desa Sungai Puar, Kec. Mersam, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Sungai Puar</t>
+          <t>Kuap</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
-          <t>Mersam</t>
+          <t>Pemayung</t>
         </is>
       </c>
       <c r="J6" s="1" t="inlineStr">
         <is>
-          <t>082277538761</t>
+          <t>085357306907</t>
         </is>
       </c>
       <c r="K6" s="1"/>
       <c r="L6" s="1" t="inlineStr">
         <is>
-          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://www.facebook.com/share/1Q1XeqK2Po/?mibextid=wwXIfr&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;https://instagram.com/sayidalhabshy&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://facebook.com/Hamizal&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
         </is>
       </c>
       <c r="M6" s="1"/>
-      <c r="N6" s="1"/>
-[...2 lines deleted...]
-      <c r="Q6" s="1"/>
+      <c r="N6" s="1" t="inlineStr">
+        <is>
+          <t>05,Hektare</t>
+        </is>
+      </c>
+      <c r="O6" s="1" t="inlineStr">
+        <is>
+          <t>10,Ton</t>
+        </is>
+      </c>
+      <c r="P6" s="1" t="inlineStr">
+        <is>
+          <t>05,Hektare</t>
+        </is>
+      </c>
+      <c r="Q6" s="1" t="inlineStr">
+        <is>
+          <t>05,Hektare</t>
+        </is>
+      </c>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:38:02</t>
+          <t>2025-10-29 12:05:41</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>212</t>
-[...6 lines deleted...]
-      </c>
+          <t>37232</t>
+        </is>
+      </c>
+      <c r="B7" s="1"/>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Cassia Bubuk Kayu Manis</t>
+          <t>pokdakan sumber harapan </t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Bumbu Rempah</t>
+          <t>budidaya ikan</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>Lorong Sialang Madu RT:06, Desa Sungai Puar, Kec. Mersam, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jemb. Mas, Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Sungai Puar</t>
+          <t>Jembatan Mas</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
-          <t>Mersam</t>
+          <t>Pemayung</t>
         </is>
       </c>
       <c r="J7" s="1" t="inlineStr">
         <is>
-          <t>082277538761</t>
+          <t>085783508204</t>
         </is>
       </c>
       <c r="K7" s="1"/>
-      <c r="L7" s="1" t="inlineStr">
-[...8 lines deleted...]
-      <c r="Q7" s="1"/>
+      <c r="L7" s="1"/>
+      <c r="M7" s="1" t="inlineStr">
+        <is>
+          <t>25000000</t>
+        </is>
+      </c>
+      <c r="N7" s="1" t="inlineStr">
+        <is>
+          <t>1,Hektare</t>
+        </is>
+      </c>
+      <c r="O7" s="1" t="inlineStr">
+        <is>
+          <t>10,Ton</t>
+        </is>
+      </c>
+      <c r="P7" s="1" t="inlineStr">
+        <is>
+          <t>05,Hektare</t>
+        </is>
+      </c>
+      <c r="Q7" s="1" t="inlineStr">
+        <is>
+          <t>05,Hektare</t>
+        </is>
+      </c>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:38:02</t>
+          <t>2025-10-29 11:38:22</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>211</t>
+          <t>37231</t>
         </is>
       </c>
       <c r="B8" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/potensi/logo/vu5msylrjtpne92.jpg</t>
+          <t>uploads/photos/potensi/logo/vc3r0abnhm92fue.jpg</t>
         </is>
       </c>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Jajanan Tigo Putri</t>
+          <t>Kolam ikan patin</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>Cake dan makanan ringan</t>
+          <t>Budidaya ikan</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>Jl.jendral Sudirman Kel rengas condong RT 32 lorong Al ikhlas SMP 21Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Jalan Tanpa Nama, Pulau Betung, Kec. Pemayung, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Rengas Condong</t>
+          <t>Pulau Betung</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Pemayung</t>
         </is>
       </c>
       <c r="J8" s="1" t="inlineStr">
         <is>
-          <t>082281610699</t>
+          <t>085368565643</t>
         </is>
       </c>
       <c r="K8" s="1"/>
-      <c r="L8" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
-      <c r="O8" s="1"/>
+      <c r="O8" s="1" t="inlineStr">
+        <is>
+          <t>10,Ton</t>
+        </is>
+      </c>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
-      <c r="R8" s="1"/>
+      <c r="R8" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Tidak ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S8" s="1"/>
       <c r="T8" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:27:19</t>
+          <t>2025-10-29 12:04:24</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>210</t>
-[...6 lines deleted...]
-      </c>
+          <t>37230</t>
+        </is>
+      </c>
+      <c r="B9" s="1"/>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>Rumah Kentang GN</t>
+          <t>Perikanan Sistem RAS air jernih</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>Makanan ringan (Snack)</t>
+          <t>Perikanan</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>77J6+J9 Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>rt 12 Sungai Buluh, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
+          <t>Sungai Buluh</t>
+        </is>
+      </c>
+      <c r="I9" s="1" t="inlineStr">
+        <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="I9" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J9" s="1" t="inlineStr">
         <is>
-          <t>082259202683</t>
+          <t>085368565671</t>
         </is>
       </c>
       <c r="K9" s="1"/>
       <c r="L9" s="1" t="inlineStr">
         <is>
-          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://facebook.com/Dita Aditya Azzahra&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
-[...8 lines deleted...]
-      <c r="S9" s="1"/>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://facebook.com/Rindra musril&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;https://instagram.com/Rindra musril&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M9" s="1" t="inlineStr">
+        <is>
+          <t>500000000</t>
+        </is>
+      </c>
+      <c r="N9" s="1" t="inlineStr">
+        <is>
+          <t>2,Hektare</t>
+        </is>
+      </c>
+      <c r="O9" s="1" t="inlineStr">
+        <is>
+          <t>10,Ton</t>
+        </is>
+      </c>
+      <c r="P9" s="1" t="inlineStr">
+        <is>
+          <t>2,Hektare</t>
+        </is>
+      </c>
+      <c r="Q9" s="1" t="inlineStr">
+        <is>
+          <t>2,Hektare</t>
+        </is>
+      </c>
+      <c r="R9" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
+      <c r="S9" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Perbankan&amp;#34;:null,&amp;#34;Balai Latihan Kerja&amp;#34;:null,&amp;#34;Laboratorium&amp;#34;:null,&amp;#34;Balai Benih&amp;#34;:&amp;#34;10&amp;#34;,&amp;#34;Balai Insemania&amp;#34;:null,&amp;#34;Irigasi&amp;#34;:&amp;#34;2&amp;#34;}</t>
+        </is>
+      </c>
       <c r="T9" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:48:18</t>
+          <t>2025-10-29 11:36:00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>209</t>
-[...6 lines deleted...]
-      </c>
+          <t>37229</t>
+        </is>
+      </c>
+      <c r="B10" s="1"/>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>Toko Buah Viral </t>
+          <t>Kerambah Ikan Nahrul</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Budidaya Ikan</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>Jl. Putri Pinang Masak, Ps. Baru, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+          <t>Jalan Tanpa Nama, Olak, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
+          <t>Olak</t>
+        </is>
+      </c>
+      <c r="I10" s="1" t="inlineStr">
+        <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="I10" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J10" s="1" t="inlineStr">
         <is>
-          <t>085208888801</t>
+          <t>085266010304</t>
         </is>
       </c>
       <c r="K10" s="1"/>
-      <c r="L10" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
       <c r="O10" s="1"/>
       <c r="P10" s="1"/>
       <c r="Q10" s="1"/>
-      <c r="R10" s="1"/>
+      <c r="R10" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S10" s="1"/>
       <c r="T10" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:38:17</t>
+          <t>2025-10-29 11:36:51</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>208</t>
-[...6 lines deleted...]
-      </c>
+          <t>37228</t>
+        </is>
+      </c>
+      <c r="B11" s="1"/>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Zstore</t>
+          <t>Kolam Lopak Kepayang</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Aksesoris</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>Jalan Tanpa Nama, Rantau Puri, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
+          <t>Jalan Tanpa Nama, Ture, Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>Rantau Puri</t>
+          <t>Ture</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Pemayung</t>
+        </is>
+      </c>
+      <c r="J11" s="1"/>
       <c r="K11" s="1"/>
-      <c r="L11" s="1" t="inlineStr">
-[...12 lines deleted...]
-      <c r="Q11" s="1"/>
+      <c r="L11" s="1"/>
+      <c r="M11" s="1"/>
+      <c r="N11" s="1" t="inlineStr">
+        <is>
+          <t>1,Hektare</t>
+        </is>
+      </c>
+      <c r="O11" s="1" t="inlineStr">
+        <is>
+          <t>10,Ton</t>
+        </is>
+      </c>
+      <c r="P11" s="1" t="inlineStr">
+        <is>
+          <t>1,Hektare</t>
+        </is>
+      </c>
+      <c r="Q11" s="1" t="inlineStr">
+        <is>
+          <t>1,Hektare</t>
+        </is>
+      </c>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:44:21</t>
+          <t>2025-10-29 11:38:16</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>207</t>
+          <t>37227</t>
         </is>
       </c>
       <c r="B12" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/potensi/logo/mk6vrxbqn4augpi.png</t>
+          <t>uploads/photos/potensi/logo/17x5lhn2mjtkwbs.jpg</t>
         </is>
       </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>25ELAWE</t>
+          <t>Pokdakan maju bersama</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Budidaya ikan</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>KULINER</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>Lorong Arjuna, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Penerokan</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Bajubang</t>
+        </is>
+      </c>
+      <c r="J12" s="1"/>
       <c r="K12" s="1"/>
-      <c r="L12" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L12" s="1"/>
       <c r="M12" s="1"/>
-      <c r="N12" s="1"/>
-[...1 lines deleted...]
-      <c r="P12" s="1"/>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>004,Hektare</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>050,Ton</t>
+        </is>
+      </c>
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>070,Hektare</t>
+        </is>
+      </c>
       <c r="Q12" s="1"/>
-      <c r="R12" s="1"/>
+      <c r="R12" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S12" s="1"/>
       <c r="T12" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:28:16</t>
+          <t>2025-10-29 11:42:32</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>206</t>
-[...6 lines deleted...]
-      </c>
+          <t>37226</t>
+        </is>
+      </c>
+      <c r="B13" s="1"/>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>D&amp;#39;an Wafa kitchen</t>
+          <t>Keramba ikan madani</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Budidaya ikan</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Menengah</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>Jl. Tembesi-Jambi, Sungai Buluh, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Jl. Muara Bungo - Jambi, Benteng Rendah, Kec. Mersam, Kabupaten Batang Hari, Jambi 36654, Indonesia</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>Sungai Buluh</t>
+          <t>Benteng Rendah</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mersam</t>
+        </is>
+      </c>
+      <c r="J13" s="1"/>
       <c r="K13" s="1"/>
-      <c r="L13" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R13" s="1"/>
+      <c r="L13" s="1"/>
+      <c r="M13" s="1" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="N13" s="1" t="inlineStr">
+        <is>
+          <t>002,Hektare</t>
+        </is>
+      </c>
+      <c r="O13" s="1" t="inlineStr">
+        <is>
+          <t>2,Ton</t>
+        </is>
+      </c>
+      <c r="P13" s="1" t="inlineStr">
+        <is>
+          <t>2,Ton</t>
+        </is>
+      </c>
+      <c r="Q13" s="1" t="inlineStr">
+        <is>
+          <t>005,Hektare</t>
+        </is>
+      </c>
+      <c r="R13" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Tidak ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S13" s="1"/>
       <c r="T13" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:39:34</t>
+          <t>2025-10-29 11:38:19</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>205</t>
+          <t>37225</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/potensi/logo/6exqr5l_43hkfa1.png</t>
+          <t>uploads/photos/potensi/logo/a3oj1cbnse872lm.jpg</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>SaeRaos</t>
+          <t>Kolam ikan patin ernawati</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Budidaya ikan</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>Jl. Rm Taher, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>Rengas Condong</t>
+          <t>Teluk Ketapang</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Pemayung</t>
+        </is>
+      </c>
+      <c r="J14" s="1"/>
       <c r="K14" s="1"/>
-      <c r="L14" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L14" s="1"/>
       <c r="M14" s="1"/>
-      <c r="N14" s="1"/>
-      <c r="O14" s="1"/>
+      <c r="N14" s="1" t="inlineStr">
+        <is>
+          <t>0,Hektare</t>
+        </is>
+      </c>
+      <c r="O14" s="1" t="inlineStr">
+        <is>
+          <t>16,Ton</t>
+        </is>
+      </c>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
-      <c r="R14" s="1"/>
-      <c r="S14" s="1"/>
+      <c r="R14" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
+      <c r="S14" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Perbankan&amp;#34;:true,&amp;#34;Balai Latihan Kerja&amp;#34;:null,&amp;#34;Laboratorium&amp;#34;:null,&amp;#34;Balai Benih&amp;#34;:true,&amp;#34;Balai Insemania&amp;#34;:null,&amp;#34;Irigasi&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="T14" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:21:26</t>
+          <t>2025-10-29 11:41:56</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>204</t>
+          <t>37224</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/potensi/logo/l9ic0ogfbvd6qun.jpg</t>
+          <t>uploads/photos/potensi/logo/ova9b7tmise12hr.jpg</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Kartika</t>
+          <t>Kerambah apung</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>Cake dan makanan ringan</t>
+          <t>Kerambah</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Usaha Kecil</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>Ps. Baru, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Desa Aro, Aro, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>Pasar Baru</t>
+          <t>Aro</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J15" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J15" s="1"/>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:30:17</t>
+          <t>2025-10-29 11:50:21</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>203</t>
-[...2 lines deleted...]
-      <c r="B16" s="1"/>
+          <t>37223</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/vgi4e7r1cftjux3.jpeg</t>
+        </is>
+      </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>MAKNYOS</t>
+          <t>Kerupuk Jangek Syifa</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>Cemilan ringan</t>
+          <t>Makanan ringan</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>KULINER</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>77M8+G2 Rengas Condong, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Ke Sungai Baung, Rt.03 Rw.01 Kel. Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
+          <t>Teratai</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="I16" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>082286577474</t>
+          <t>085378625134</t>
         </is>
       </c>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
-      <c r="M16" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:37:35</t>
+          <t>2025-10-29 11:54:33</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>202</t>
-[...6 lines deleted...]
-      </c>
+          <t>37222</t>
+        </is>
+      </c>
+      <c r="B17" s="1"/>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>PONDOK MAKAN YANA 2</t>
+          <t>Mugi rahayu</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Pembudidaya ikan</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>Jl. Gajah Mada, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+          <t>Batin, Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>Rengas Condong</t>
+          <t>Mekar Sari Ness</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Bajubang</t>
         </is>
       </c>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
-      <c r="L17" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="R17" s="1"/>
+      <c r="L17" s="1"/>
+      <c r="M17" s="1" t="inlineStr">
+        <is>
+          <t>60000000</t>
+        </is>
+      </c>
+      <c r="N17" s="1" t="inlineStr">
+        <is>
+          <t>30,Hektare</t>
+        </is>
+      </c>
+      <c r="O17" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
+      <c r="P17" s="1" t="inlineStr">
+        <is>
+          <t>5,Hektare</t>
+        </is>
+      </c>
+      <c r="Q17" s="1" t="inlineStr">
+        <is>
+          <t>5,Ton</t>
+        </is>
+      </c>
+      <c r="R17" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S17" s="1"/>
       <c r="T17" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:38:02</t>
+          <t>2025-10-29 11:40:40</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>201</t>
-[...6 lines deleted...]
-      </c>
+          <t>37221</t>
+        </is>
+      </c>
+      <c r="B18" s="1"/>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Dapoer puja</t>
+          <t>Dua Putra Farm</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Cake dan makanan ringan</t>
+          <t>Pembudidaya ikan</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>Jl. Jenderal Sudirman, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Jl. Desa Aro, Aro, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
+          <t>Aro</t>
+        </is>
+      </c>
+      <c r="I18" s="1" t="inlineStr">
+        <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="I18" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="J18" s="1"/>
       <c r="K18" s="1"/>
-      <c r="L18" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
       <c r="O18" s="1"/>
       <c r="P18" s="1"/>
       <c r="Q18" s="1"/>
-      <c r="R18" s="1"/>
+      <c r="R18" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S18" s="1"/>
       <c r="T18" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:33:27</t>
+          <t>2025-10-29 11:39:12</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>200</t>
-[...6 lines deleted...]
-      </c>
+          <t>37220</t>
+        </is>
+      </c>
+      <c r="B19" s="1"/>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>RISKI BULIAN</t>
+          <t>BRENGOS WAK LELE</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Cemilan renyah</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>Lorong Pinang, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
           <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J19" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J19" s="1"/>
       <c r="K19" s="1"/>
-      <c r="L19" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
-      <c r="O19" s="1"/>
+      <c r="O19" s="1" t="inlineStr">
+        <is>
+          <t>6,Ton</t>
+        </is>
+      </c>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
-      <c r="R19" s="1"/>
+      <c r="R19" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S19" s="1"/>
       <c r="T19" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:29:18</t>
+          <t>2025-10-29 11:46:57</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>199</t>
-[...6 lines deleted...]
-      </c>
+          <t>37219</t>
+        </is>
+      </c>
+      <c r="B20" s="1"/>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>Waroeng Lala </t>
+          <t>Benih Ikan Gurame</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>Lorong mitra, Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>Teratai</t>
+          <t>Teluk Ketapang</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Pemayung</t>
+        </is>
+      </c>
+      <c r="J20" s="1"/>
       <c r="K20" s="1"/>
-      <c r="L20" s="1" t="inlineStr">
-[...9 lines deleted...]
-      <c r="N20" s="1"/>
+      <c r="L20" s="1"/>
+      <c r="M20" s="1"/>
+      <c r="N20" s="1" t="inlineStr">
+        <is>
+          <t>3,Hektare</t>
+        </is>
+      </c>
       <c r="O20" s="1"/>
       <c r="P20" s="1"/>
       <c r="Q20" s="1"/>
-      <c r="R20" s="1"/>
+      <c r="R20" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
       <c r="S20" s="1"/>
       <c r="T20" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:31:21</t>
+          <t>2025-10-29 11:43:03</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>198</t>
-[...6 lines deleted...]
-      </c>
+          <t>37218</t>
+        </is>
+      </c>
+      <c r="B21" s="1"/>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>Sugih Brilian.Biz</t>
+          <t>Budi Daya Ikan Nila</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Perorangan</t>
+          <t>Bioplok</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
-          <t>KEBUN SAWIT</t>
+          <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Ness, Batin, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>Teratai</t>
+          <t>Batin</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Bajubang</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
-          <t>085266063526</t>
+          <t>082240966053</t>
         </is>
       </c>
       <c r="K21" s="1"/>
       <c r="L21" s="1" t="inlineStr">
         <is>
-          <t>{&amp;#34;facebook&amp;#34;:null,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
-[...8 lines deleted...]
-      <c r="S21" s="1"/>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;Suryaya&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;Fajaralfarozifajar&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M21" s="1" t="inlineStr">
+        <is>
+          <t>52000000</t>
+        </is>
+      </c>
+      <c r="N21" s="1" t="inlineStr">
+        <is>
+          <t>1,Hektare</t>
+        </is>
+      </c>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>2,Ton</t>
+        </is>
+      </c>
+      <c r="P21" s="1" t="inlineStr">
+        <is>
+          <t>2,Ton</t>
+        </is>
+      </c>
+      <c r="Q21" s="1" t="inlineStr">
+        <is>
+          <t>4,Ton</t>
+        </is>
+      </c>
+      <c r="R21" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+        </is>
+      </c>
+      <c r="S21" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Perbankan&amp;#34;:null,&amp;#34;Balai Latihan Kerja&amp;#34;:null,&amp;#34;Laboratorium&amp;#34;:null,&amp;#34;Balai Benih&amp;#34;:&amp;#34;100000&amp;#34;,&amp;#34;Balai Insemania&amp;#34;:null,&amp;#34;Irigasi&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="T21" s="1" t="inlineStr">
         <is>
-          <t>2025-09-09 11:24:01</t>
+          <t>2025-10-29 11:45:05</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>