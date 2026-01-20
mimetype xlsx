--- v1 (2025-12-06)
+++ v2 (2026-01-20)
@@ -227,1520 +227,1416 @@
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>rencana_investasi</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>infrastruktur_pendukung</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>fasilitas_pendukung</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>date_created</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>37238</t>
+          <t>37249</t>
         </is>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Dapur mak siti</t>
+          <t>Pisang Crispy Cireng Khas Bandung 88</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Kuliner</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Jl. Sridadi, Pelayangan Rambahan, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>Teratai</t>
+          <t>Rambahan</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J2" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J2" s="1"/>
       <c r="K2" s="1"/>
-      <c r="L2" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L2" s="1"/>
       <c r="M2" s="1" t="inlineStr">
         <is>
-          <t>20000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1" t="inlineStr">
         <is>
-          <t>2025-12-04 09:29:10</t>
+          <t>2026-01-13 12:15:09</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>37236</t>
-[...6 lines deleted...]
-      </c>
+          <t>37248</t>
+        </is>
+      </c>
+      <c r="B3" s="1"/>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>PT. AGRO MERAK SEJAHTERA</t>
+          <t>Lesehan Sahabat Yanti</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>olahan ikan</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>PABRIK KELAPA SAWIT</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Lorong Sukun, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Sungai Buluh</t>
+          <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
-      <c r="M3" s="1"/>
+      <c r="M3" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1" t="inlineStr">
         <is>
-          <t>2025-11-14 09:46:17</t>
+          <t>2026-01-13 11:51:07</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>37235</t>
-[...6 lines deleted...]
-      </c>
+          <t>37247</t>
+        </is>
+      </c>
+      <c r="B4" s="1"/>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>PT. SUPER HOME PRODUCT INDONESIA</t>
+          <t>Warung Pelangi</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>KOSMETIK</t>
+          <t>Cemilan ringan</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
-          <t>KOSMETIK</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>RT.05 Des. Bajubang Laut, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Lorong Fortuna, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J4" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
-      <c r="M4" s="1"/>
+      <c r="M4" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1" t="inlineStr">
         <is>
-          <t>2025-11-12 13:40:16</t>
+          <t>2026-01-13 11:47:17</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>37234</t>
+          <t>37246</t>
         </is>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>DAPOER AMOY</t>
+          <t>Kerupuk Udang</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Perorangan</t>
+          <t>Makanan ringan (Snack)</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Jl. Madura, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+          <t>Jl. Jenderal Sudirman, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J5" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J5" s="1"/>
       <c r="K5" s="1"/>
-      <c r="L5" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L5" s="1"/>
       <c r="M5" s="1" t="inlineStr">
         <is>
-          <t>500000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1" t="inlineStr">
         <is>
-          <t>2025-11-11 10:43:42</t>
+          <t>2026-01-13 11:42:48</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>37233</t>
+          <t>37245</t>
         </is>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Pokdakan usaha baru</t>
+          <t>Jn Snack</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Budidaya ikan patin</t>
+          <t>Makanan ringan</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Rengas Condong, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
-          <t>Kuap</t>
+          <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J6" s="1"/>
       <c r="K6" s="1"/>
-      <c r="L6" s="1" t="inlineStr">
-[...24 lines deleted...]
-      </c>
+      <c r="L6" s="1"/>
+      <c r="M6" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N6" s="1"/>
+      <c r="O6" s="1"/>
+      <c r="P6" s="1"/>
+      <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 12:05:41</t>
+          <t>2026-01-12 09:41:25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>37232</t>
+          <t>37244</t>
         </is>
       </c>
       <c r="B7" s="1"/>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>pokdakan sumber harapan </t>
+          <t>Tuty Widyawati</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>budidaya ikan</t>
+          <t>Bumbu Rempah</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>Jemb. Mas, Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Desa Aro, Aro, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Jembatan Mas</t>
+          <t>Aro</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1" t="inlineStr">
         <is>
-          <t>25000000</t>
-[...21 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N7" s="1"/>
+      <c r="O7" s="1"/>
+      <c r="P7" s="1"/>
+      <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:38:22</t>
+          <t>2026-01-12 09:31:41</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>37231</t>
-[...6 lines deleted...]
-      </c>
+          <t>37243</t>
+        </is>
+      </c>
+      <c r="B8" s="1"/>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>Kolam ikan patin</t>
+          <t>iis Andriani</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>Budidaya ikan</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>Jalan Tanpa Nama, Pulau Betung, Kec. Pemayung, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
+          <t>Jl. Sultan Thaha No.1, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Pulau Betung</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
-[...6 lines deleted...]
-      </c>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
-      <c r="M8" s="1"/>
+      <c r="M8" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="N8" s="1"/>
-      <c r="O8" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
-      <c r="R8" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 12:04:24</t>
+          <t>2026-01-12 09:25:19</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>37230</t>
+          <t>37242</t>
         </is>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>Perikanan Sistem RAS air jernih</t>
+          <t>Sri Mul Yanti</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>Perikanan</t>
+          <t>Warung Makan</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>rt 12 Sungai Buluh, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Gajah Mada, Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>Sungai Buluh</t>
+          <t>Sridadi</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J9" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J9" s="1"/>
       <c r="K9" s="1"/>
-      <c r="L9" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L9" s="1"/>
       <c r="M9" s="1" t="inlineStr">
         <is>
-          <t>500000000</t>
-[...31 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N9" s="1"/>
+      <c r="O9" s="1"/>
+      <c r="P9" s="1"/>
+      <c r="Q9" s="1"/>
+      <c r="R9" s="1"/>
+      <c r="S9" s="1"/>
       <c r="T9" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:36:00</t>
+          <t>2026-01-12 09:19:45</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>37229</t>
-[...2 lines deleted...]
-      <c r="B10" s="1"/>
+          <t>37241</t>
+        </is>
+      </c>
+      <c r="B10" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/kpq31fx4bh6nywe.jpeg</t>
+        </is>
+      </c>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>Kerambah Ikan Nahrul</t>
+          <t>ayan</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
-          <t>Budidaya Ikan</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>GAS LPG</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>Jalan Tanpa Nama, Olak, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Na</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>Olak</t>
+          <t>Rantau Kapas Tuo</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...6 lines deleted...]
-      </c>
+          <t>Muara Tembesi</t>
+        </is>
+      </c>
+      <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
-      <c r="M10" s="1"/>
-[...9 lines deleted...]
-      <c r="S10" s="1"/>
+      <c r="M10" s="1" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="N10" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
+      <c r="O10" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
+      <c r="P10" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
+      <c r="Q10" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
+      <c r="R10" s="1"/>
+      <c r="S10" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Perbank&amp;#34;:true,&amp;#34;Balai Latihan Kerja&amp;#34;:null,&amp;#34;Laboratorium&amp;#34;:null,&amp;#34;Balai Benih&amp;#34;:null,&amp;#34;Balai Insemania&amp;#34;:null,&amp;#34;Irigasi&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="T10" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:36:51</t>
+          <t>2026-01-07 21:40:06</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>37228</t>
+          <t>37240</t>
         </is>
       </c>
       <c r="B11" s="1"/>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Kolam Lopak Kepayang</t>
+          <t>Donat Bismillah</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Kuliner</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>Jalan Tanpa Nama, Ture, Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Tembesi - Jambi, Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
-          <t>Ture</t>
+          <t>Sridadi</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
-      <c r="M11" s="1"/>
-[...19 lines deleted...]
-      </c>
+      <c r="M11" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N11" s="1"/>
+      <c r="O11" s="1"/>
+      <c r="P11" s="1"/>
+      <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:38:16</t>
+          <t>2025-12-31 11:18:07</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>37227</t>
-[...6 lines deleted...]
-      </c>
+          <t>37239</t>
+        </is>
+      </c>
+      <c r="B12" s="1"/>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Pokdakan maju bersama</t>
+          <t>Keripik kemplang Saniati</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>Budidaya ikan</t>
+          <t>Kuliner</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>Penerokan</t>
+          <t>Sridadi</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
-      <c r="M12" s="1"/>
-[...14 lines deleted...]
-      </c>
+      <c r="M12" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N12" s="1"/>
+      <c r="O12" s="1"/>
+      <c r="P12" s="1"/>
       <c r="Q12" s="1"/>
-      <c r="R12" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R12" s="1"/>
       <c r="S12" s="1"/>
       <c r="T12" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:42:32</t>
+          <t>2025-12-31 11:00:53</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>37226</t>
+          <t>37238</t>
         </is>
       </c>
       <c r="B13" s="1"/>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Keramba ikan madani</t>
+          <t>Dapur mak siti</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>Budidaya ikan</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Usaha Menengah</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>Jl. Muara Bungo - Jambi, Benteng Rendah, Kec. Mersam, Kabupaten Batang Hari, Jambi 36654, Indonesia</t>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>Benteng Rendah</t>
+          <t>Teratai</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
-          <t>Mersam</t>
-[...2 lines deleted...]
-      <c r="J13" s="1"/>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J13" s="1" t="inlineStr">
+        <is>
+          <t>082173034748</t>
+        </is>
+      </c>
       <c r="K13" s="1"/>
-      <c r="L13" s="1"/>
+      <c r="L13" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://facebook.com/Dapur mak siti&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M13" s="1" t="inlineStr">
         <is>
-          <t>5</t>
-[...26 lines deleted...]
-      </c>
+          <t>20000000</t>
+        </is>
+      </c>
+      <c r="N13" s="1"/>
+      <c r="O13" s="1"/>
+      <c r="P13" s="1"/>
+      <c r="Q13" s="1"/>
+      <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:38:19</t>
+          <t>2025-12-04 09:29:10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>37225</t>
+          <t>37236</t>
         </is>
       </c>
       <c r="B14" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/potensi/logo/a3oj1cbnse872lm.jpg</t>
+          <t>uploads/photos/potensi/logo/1vro63mlc4zb0us.jpg</t>
         </is>
       </c>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>Kolam ikan patin ernawati</t>
+          <t>PT. AGRO MERAK SEJAHTERA</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Budidaya ikan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>PABRIK KELAPA SAWIT</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>Teluk Ketapang</t>
+          <t>Sungai Buluh</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
-      <c r="N14" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="N14" s="1"/>
+      <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
-      <c r="R14" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="R14" s="1"/>
+      <c r="S14" s="1"/>
       <c r="T14" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:41:56</t>
+          <t>2025-11-14 09:46:17</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>37224</t>
+          <t>37235</t>
         </is>
       </c>
       <c r="B15" s="1" t="inlineStr">
         <is>
-          <t>uploads/photos/potensi/logo/ova9b7tmise12hr.jpg</t>
+          <t>uploads/photos/potensi/logo/1qjg8orsldyfp0v.png</t>
         </is>
       </c>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>Kerambah apung</t>
+          <t>PT. SUPER HOME PRODUCT INDONESIA</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>Kerambah</t>
+          <t>KOSMETIK</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>KOSMETIK</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>Jl. Desa Aro, Aro, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>RT.05 Des. Bajubang Laut, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
-          <t>Aro</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I15" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J15" s="1"/>
+      <c r="J15" s="1" t="inlineStr">
+        <is>
+          <t>081376531301</t>
+        </is>
+      </c>
       <c r="K15" s="1"/>
       <c r="L15" s="1"/>
       <c r="M15" s="1"/>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:50:21</t>
+          <t>2025-11-12 13:40:16</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>37223</t>
-[...6 lines deleted...]
-      </c>
+          <t>37234</t>
+        </is>
+      </c>
+      <c r="B16" s="1"/>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>Kerupuk Jangek Syifa</t>
+          <t>DAPOER AMOY</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>Makanan ringan</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>Jl. Ke Sungai Baung, Rt.03 Rw.01 Kel. Teratai, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Jl. Madura, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
-          <t>Teratai</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I16" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J16" s="1" t="inlineStr">
         <is>
-          <t>085378625134</t>
+          <t>08117449970</t>
         </is>
       </c>
       <c r="K16" s="1"/>
-      <c r="L16" s="1"/>
-      <c r="M16" s="1"/>
+      <c r="L16" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:null,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;https://instagram.com/DAPOERAMOY10&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M16" s="1" t="inlineStr">
+        <is>
+          <t>500000</t>
+        </is>
+      </c>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:54:33</t>
+          <t>2025-11-11 10:43:42</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>37222</t>
+          <t>37233</t>
         </is>
       </c>
       <c r="B17" s="1"/>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Mugi rahayu</t>
+          <t>Pokdakan usaha baru</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>Pembudidaya ikan</t>
+          <t>Budidaya ikan patin</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>Usaha Kecil</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
           <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>Batin, Kec. Bajubang, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>Mekar Sari Ness</t>
+          <t>Kuap</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
-[...2 lines deleted...]
-      <c r="J17" s="1"/>
+          <t>Pemayung</t>
+        </is>
+      </c>
+      <c r="J17" s="1" t="inlineStr">
+        <is>
+          <t>085357306907</t>
+        </is>
+      </c>
       <c r="K17" s="1"/>
-      <c r="L17" s="1"/>
-[...4 lines deleted...]
-      </c>
+      <c r="L17" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://facebook.com/Hamizal&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M17" s="1"/>
       <c r="N17" s="1" t="inlineStr">
         <is>
-          <t>30,Hektare</t>
+          <t>05,Hektare</t>
         </is>
       </c>
       <c r="O17" s="1" t="inlineStr">
         <is>
-          <t>1,Ton</t>
+          <t>10,Ton</t>
         </is>
       </c>
       <c r="P17" s="1" t="inlineStr">
         <is>
-          <t>5,Hektare</t>
+          <t>05,Hektare</t>
         </is>
       </c>
       <c r="Q17" s="1" t="inlineStr">
         <is>
-          <t>5,Ton</t>
-[...6 lines deleted...]
-      </c>
+          <t>05,Hektare</t>
+        </is>
+      </c>
+      <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:40:40</t>
+          <t>2025-10-29 12:05:41</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>37221</t>
+          <t>37232</t>
         </is>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>Dua Putra Farm</t>
+          <t>pokdakan sumber harapan </t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>Pembudidaya ikan</t>
+          <t>budidaya ikan</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
-          <t>Usaha Kecil</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
           <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>Jl. Desa Aro, Aro, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Jemb. Mas, Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>Aro</t>
+          <t>Jembatan Mas</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...2 lines deleted...]
-      <c r="J18" s="1"/>
+          <t>Pemayung</t>
+        </is>
+      </c>
+      <c r="J18" s="1" t="inlineStr">
+        <is>
+          <t>085783508204</t>
+        </is>
+      </c>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
-      <c r="M18" s="1"/>
-[...8 lines deleted...]
-      </c>
+      <c r="M18" s="1" t="inlineStr">
+        <is>
+          <t>25000000</t>
+        </is>
+      </c>
+      <c r="N18" s="1" t="inlineStr">
+        <is>
+          <t>1,Hektare</t>
+        </is>
+      </c>
+      <c r="O18" s="1" t="inlineStr">
+        <is>
+          <t>10,Ton</t>
+        </is>
+      </c>
+      <c r="P18" s="1" t="inlineStr">
+        <is>
+          <t>05,Hektare</t>
+        </is>
+      </c>
+      <c r="Q18" s="1" t="inlineStr">
+        <is>
+          <t>05,Hektare</t>
+        </is>
+      </c>
+      <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:39:12</t>
+          <t>2025-10-29 11:38:22</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>37220</t>
-[...2 lines deleted...]
-      <c r="B19" s="1"/>
+          <t>37231</t>
+        </is>
+      </c>
+      <c r="B19" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/vc3r0abnhm92fue.jpg</t>
+        </is>
+      </c>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>BRENGOS WAK LELE</t>
+          <t>Kolam ikan patin</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Perorangan</t>
+          <t>Budidaya ikan</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jalan Tanpa Nama, Pulau Betung, Kec. Pemayung, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>Rengas Condong</t>
+          <t>Pulau Betung</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...2 lines deleted...]
-      <c r="J19" s="1"/>
+          <t>Pemayung</t>
+        </is>
+      </c>
+      <c r="J19" s="1" t="inlineStr">
+        <is>
+          <t>085368565643</t>
+        </is>
+      </c>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
       <c r="O19" s="1" t="inlineStr">
         <is>
-          <t>6,Ton</t>
+          <t>10,Ton</t>
         </is>
       </c>
       <c r="P19" s="1"/>
       <c r="Q19" s="1"/>
       <c r="R19" s="1" t="inlineStr">
         <is>
-          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Tidak ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
         </is>
       </c>
       <c r="S19" s="1"/>
       <c r="T19" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:46:57</t>
+          <t>2025-10-29 12:04:24</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>37219</t>
+          <t>37230</t>
         </is>
       </c>
       <c r="B20" s="1"/>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>Benih Ikan Gurame</t>
+          <t>Perikanan Sistem RAS air jernih</t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>Perorangan</t>
+          <t>Perikanan</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
-          <t>Usaha Kecil</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>rt 12 Sungai Buluh, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>Teluk Ketapang</t>
+          <t>Sungai Buluh</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
-[...2 lines deleted...]
-      <c r="J20" s="1"/>
+          <t>Muara Bulian</t>
+        </is>
+      </c>
+      <c r="J20" s="1" t="inlineStr">
+        <is>
+          <t>085368565671</t>
+        </is>
+      </c>
       <c r="K20" s="1"/>
-      <c r="L20" s="1"/>
-      <c r="M20" s="1"/>
+      <c r="L20" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://facebook.com/Rindra musril&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;https://instagram.com/Rindra musril&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M20" s="1" t="inlineStr">
+        <is>
+          <t>500000000</t>
+        </is>
+      </c>
       <c r="N20" s="1" t="inlineStr">
         <is>
-          <t>3,Hektare</t>
-[...4 lines deleted...]
-      <c r="Q20" s="1"/>
+          <t>2,Hektare</t>
+        </is>
+      </c>
+      <c r="O20" s="1" t="inlineStr">
+        <is>
+          <t>10,Ton</t>
+        </is>
+      </c>
+      <c r="P20" s="1" t="inlineStr">
+        <is>
+          <t>2,Hektare</t>
+        </is>
+      </c>
+      <c r="Q20" s="1" t="inlineStr">
+        <is>
+          <t>2,Hektare</t>
+        </is>
+      </c>
       <c r="R20" s="1" t="inlineStr">
         <is>
           <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
         </is>
       </c>
-      <c r="S20" s="1"/>
+      <c r="S20" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Perbankan&amp;#34;:null,&amp;#34;Balai Latihan Kerja&amp;#34;:null,&amp;#34;Laboratorium&amp;#34;:null,&amp;#34;Balai Benih&amp;#34;:&amp;#34;10&amp;#34;,&amp;#34;Balai Insemania&amp;#34;:null,&amp;#34;Irigasi&amp;#34;:&amp;#34;2&amp;#34;}</t>
+        </is>
+      </c>
       <c r="T20" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:43:03</t>
+          <t>2025-10-29 11:36:00</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>37218</t>
+          <t>37229</t>
         </is>
       </c>
       <c r="B21" s="1"/>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>Budi Daya Ikan Nila</t>
+          <t>Kerambah Ikan Nahrul</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Bioplok</t>
+          <t>Budidaya Ikan</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
-          <t>Usaha Kecil</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>Jl. Ness, Batin, Kec. Bajubang, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Jalan Tanpa Nama, Olak, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>Batin</t>
+          <t>Olak</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
-          <t>Bajubang</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
-          <t>082240966053</t>
+          <t>085266010304</t>
         </is>
       </c>
       <c r="K21" s="1"/>
-      <c r="L21" s="1" t="inlineStr">
-[...28 lines deleted...]
-      </c>
+      <c r="L21" s="1"/>
+      <c r="M21" s="1"/>
+      <c r="N21" s="1"/>
+      <c r="O21" s="1"/>
+      <c r="P21" s="1"/>
+      <c r="Q21" s="1"/>
       <c r="R21" s="1" t="inlineStr">
         <is>
           <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
         </is>
       </c>
-      <c r="S21" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S21" s="1"/>
       <c r="T21" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:45:05</t>
+          <t>2025-10-29 11:36:51</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>