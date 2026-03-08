--- v2 (2026-01-20)
+++ v3 (2026-03-08)
@@ -227,1416 +227,1400 @@
       </c>
       <c r="Q1" s="1" t="inlineStr">
         <is>
           <t>rencana_investasi</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>infrastruktur_pendukung</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>fasilitas_pendukung</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>date_created</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="1" t="inlineStr">
         <is>
-          <t>37249</t>
-[...2 lines deleted...]
-      <c r="B2" s="1"/>
+          <t>37251</t>
+        </is>
+      </c>
+      <c r="B2" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/bxzh125k0owlmfu.jpg</t>
+        </is>
+      </c>
       <c r="C2" s="1" t="inlineStr">
         <is>
-          <t>Pisang Crispy Cireng Khas Bandung 88</t>
+          <t>Celeng Store</t>
         </is>
       </c>
       <c r="D2" s="1" t="inlineStr">
         <is>
-          <t>Kuliner</t>
+          <t>Bioplok</t>
         </is>
       </c>
       <c r="E2" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F2" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>KEBUN PINANG</t>
         </is>
       </c>
       <c r="G2" s="1" t="inlineStr">
         <is>
-          <t>Jl. Sridadi, Pelayangan Rambahan, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
+          <t>Kec. Maro Sebo Ulu, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H2" s="1" t="inlineStr">
         <is>
-          <t>Rambahan</t>
+          <t>Kembang Seri</t>
         </is>
       </c>
       <c r="I2" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...2 lines deleted...]
-      <c r="J2" s="1"/>
+          <t>Maro Sebo Ulu</t>
+        </is>
+      </c>
+      <c r="J2" s="1" t="inlineStr">
+        <is>
+          <t>081266789910</t>
+        </is>
+      </c>
       <c r="K2" s="1"/>
       <c r="L2" s="1"/>
       <c r="M2" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>10000</t>
         </is>
       </c>
       <c r="N2" s="1"/>
       <c r="O2" s="1"/>
       <c r="P2" s="1"/>
       <c r="Q2" s="1"/>
       <c r="R2" s="1"/>
       <c r="S2" s="1"/>
       <c r="T2" s="1" t="inlineStr">
         <is>
-          <t>2026-01-13 12:15:09</t>
+          <t>2026-02-28 13:50:16</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
-          <t>37248</t>
-[...2 lines deleted...]
-      <c r="B3" s="1"/>
+          <t>37250</t>
+        </is>
+      </c>
+      <c r="B3" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/uny2r31ocg05_pj.jpg</t>
+        </is>
+      </c>
       <c r="C3" s="1" t="inlineStr">
         <is>
-          <t>Lesehan Sahabat Yanti</t>
+          <t>House sahana</t>
         </is>
       </c>
       <c r="D3" s="1" t="inlineStr">
         <is>
-          <t>olahan ikan</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E3" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F3" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>AREN</t>
         </is>
       </c>
       <c r="G3" s="1" t="inlineStr">
         <is>
-          <t>Lorong Sukun, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Kec. Mersam, Kabupaten Batang Hari, Jambi 36654, Indonesia</t>
         </is>
       </c>
       <c r="H3" s="1" t="inlineStr">
         <is>
-          <t>Rengas Condong</t>
+          <t>Sungai Puar</t>
         </is>
       </c>
       <c r="I3" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
-[...3 lines deleted...]
-      <c r="K3" s="1"/>
+          <t>Mersam</t>
+        </is>
+      </c>
+      <c r="J3" s="1" t="inlineStr">
+        <is>
+          <t>085158860092</t>
+        </is>
+      </c>
+      <c r="K3" s="1" t="inlineStr">
+        <is>
+          <t>https://simak-ng.unud.ac.id/</t>
+        </is>
+      </c>
       <c r="L3" s="1"/>
       <c r="M3" s="1" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="N3" s="1"/>
       <c r="O3" s="1"/>
       <c r="P3" s="1"/>
       <c r="Q3" s="1"/>
       <c r="R3" s="1"/>
       <c r="S3" s="1"/>
       <c r="T3" s="1" t="inlineStr">
         <is>
-          <t>2026-01-13 11:51:07</t>
+          <t>2026-02-14 20:20:15</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="1" t="inlineStr">
         <is>
-          <t>37247</t>
+          <t>37249</t>
         </is>
       </c>
       <c r="B4" s="1"/>
       <c r="C4" s="1" t="inlineStr">
         <is>
-          <t>Warung Pelangi</t>
+          <t>Pisang Crispy Cireng Khas Bandung 88</t>
         </is>
       </c>
       <c r="D4" s="1" t="inlineStr">
         <is>
-          <t>Cemilan ringan</t>
+          <t>Kuliner</t>
         </is>
       </c>
       <c r="E4" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F4" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G4" s="1" t="inlineStr">
         <is>
-          <t>Lorong Fortuna, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Jl. Sridadi, Pelayangan Rambahan, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
         </is>
       </c>
       <c r="H4" s="1" t="inlineStr">
         <is>
-          <t>Rengas Condong</t>
+          <t>Rambahan</t>
         </is>
       </c>
       <c r="I4" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N4" s="1"/>
       <c r="O4" s="1"/>
       <c r="P4" s="1"/>
       <c r="Q4" s="1"/>
       <c r="R4" s="1"/>
       <c r="S4" s="1"/>
       <c r="T4" s="1" t="inlineStr">
         <is>
-          <t>2026-01-13 11:47:17</t>
+          <t>2026-01-13 12:15:09</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
-          <t>37246</t>
+          <t>37248</t>
         </is>
       </c>
       <c r="B5" s="1"/>
       <c r="C5" s="1" t="inlineStr">
         <is>
-          <t>Kerupuk Udang</t>
+          <t>Lesehan Sahabat Yanti</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
-          <t>Makanan ringan (Snack)</t>
+          <t>olahan ikan</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F5" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G5" s="1" t="inlineStr">
         <is>
-          <t>Jl. Jenderal Sudirman, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Lorong Sukun, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H5" s="1" t="inlineStr">
         <is>
           <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I5" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J5" s="1"/>
       <c r="K5" s="1"/>
       <c r="L5" s="1"/>
       <c r="M5" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N5" s="1"/>
       <c r="O5" s="1"/>
       <c r="P5" s="1"/>
       <c r="Q5" s="1"/>
       <c r="R5" s="1"/>
       <c r="S5" s="1"/>
       <c r="T5" s="1" t="inlineStr">
         <is>
-          <t>2026-01-13 11:42:48</t>
+          <t>2026-01-13 11:51:07</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="1" t="inlineStr">
         <is>
-          <t>37245</t>
+          <t>37247</t>
         </is>
       </c>
       <c r="B6" s="1"/>
       <c r="C6" s="1" t="inlineStr">
         <is>
-          <t>Jn Snack</t>
+          <t>Warung Pelangi</t>
         </is>
       </c>
       <c r="D6" s="1" t="inlineStr">
         <is>
-          <t>Makanan ringan</t>
+          <t>Cemilan ringan</t>
         </is>
       </c>
       <c r="E6" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F6" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G6" s="1" t="inlineStr">
         <is>
-          <t>Jl. Rengas Condong, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+          <t>Lorong Fortuna, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H6" s="1" t="inlineStr">
         <is>
           <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I6" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N6" s="1"/>
       <c r="O6" s="1"/>
       <c r="P6" s="1"/>
       <c r="Q6" s="1"/>
       <c r="R6" s="1"/>
       <c r="S6" s="1"/>
       <c r="T6" s="1" t="inlineStr">
         <is>
-          <t>2026-01-12 09:41:25</t>
+          <t>2026-01-13 11:47:17</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="1" t="inlineStr">
         <is>
-          <t>37244</t>
+          <t>37246</t>
         </is>
       </c>
       <c r="B7" s="1"/>
       <c r="C7" s="1" t="inlineStr">
         <is>
-          <t>Tuty Widyawati</t>
+          <t>Kerupuk Udang</t>
         </is>
       </c>
       <c r="D7" s="1" t="inlineStr">
         <is>
-          <t>Bumbu Rempah</t>
+          <t>Makanan ringan (Snack)</t>
         </is>
       </c>
       <c r="E7" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F7" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G7" s="1" t="inlineStr">
         <is>
-          <t>Jl. Desa Aro, Aro, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Jl. Jenderal Sudirman, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H7" s="1" t="inlineStr">
         <is>
-          <t>Aro</t>
+          <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I7" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N7" s="1"/>
       <c r="O7" s="1"/>
       <c r="P7" s="1"/>
       <c r="Q7" s="1"/>
       <c r="R7" s="1"/>
       <c r="S7" s="1"/>
       <c r="T7" s="1" t="inlineStr">
         <is>
-          <t>2026-01-12 09:31:41</t>
+          <t>2026-01-13 11:42:48</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="1" t="inlineStr">
         <is>
-          <t>37243</t>
+          <t>37245</t>
         </is>
       </c>
       <c r="B8" s="1"/>
       <c r="C8" s="1" t="inlineStr">
         <is>
-          <t>iis Andriani</t>
+          <t>Jn Snack</t>
         </is>
       </c>
       <c r="D8" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Makanan ringan</t>
         </is>
       </c>
       <c r="E8" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F8" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G8" s="1" t="inlineStr">
         <is>
-          <t>Jl. Sultan Thaha No.1, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+          <t>Jl. Rengas Condong, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
         </is>
       </c>
       <c r="H8" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Rengas Condong</t>
         </is>
       </c>
       <c r="I8" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N8" s="1"/>
       <c r="O8" s="1"/>
       <c r="P8" s="1"/>
       <c r="Q8" s="1"/>
       <c r="R8" s="1"/>
       <c r="S8" s="1"/>
       <c r="T8" s="1" t="inlineStr">
         <is>
-          <t>2026-01-12 09:25:19</t>
+          <t>2026-01-12 09:41:25</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="1" t="inlineStr">
         <is>
-          <t>37242</t>
+          <t>37244</t>
         </is>
       </c>
       <c r="B9" s="1"/>
       <c r="C9" s="1" t="inlineStr">
         <is>
-          <t>Sri Mul Yanti</t>
+          <t>Tuty Widyawati</t>
         </is>
       </c>
       <c r="D9" s="1" t="inlineStr">
         <is>
-          <t>Warung Makan</t>
+          <t>Bumbu Rempah</t>
         </is>
       </c>
       <c r="E9" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F9" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G9" s="1" t="inlineStr">
         <is>
-          <t>Jl. Gajah Mada, Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
+          <t>Jl. Desa Aro, Aro, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
         </is>
       </c>
       <c r="H9" s="1" t="inlineStr">
         <is>
-          <t>Sridadi</t>
+          <t>Aro</t>
         </is>
       </c>
       <c r="I9" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N9" s="1"/>
       <c r="O9" s="1"/>
       <c r="P9" s="1"/>
       <c r="Q9" s="1"/>
       <c r="R9" s="1"/>
       <c r="S9" s="1"/>
       <c r="T9" s="1" t="inlineStr">
         <is>
-          <t>2026-01-12 09:19:45</t>
+          <t>2026-01-12 09:31:41</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="1" t="inlineStr">
         <is>
-          <t>37241</t>
-[...6 lines deleted...]
-      </c>
+          <t>37243</t>
+        </is>
+      </c>
+      <c r="B10" s="1"/>
       <c r="C10" s="1" t="inlineStr">
         <is>
-          <t>ayan</t>
+          <t>iis Andriani</t>
         </is>
       </c>
       <c r="D10" s="1" t="inlineStr">
         <is>
           <t>Add makanan</t>
         </is>
       </c>
       <c r="E10" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F10" s="1" t="inlineStr">
         <is>
-          <t>GAS LPG</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G10" s="1" t="inlineStr">
         <is>
-          <t>Na</t>
+          <t>Jl. Sultan Thaha No.1, Rengas Condong, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
         </is>
       </c>
       <c r="H10" s="1" t="inlineStr">
         <is>
-          <t>Rantau Kapas Tuo</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I10" s="1" t="inlineStr">
         <is>
-          <t>Muara Tembesi</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1" t="inlineStr">
         <is>
-          <t>1</t>
-[...21 lines deleted...]
-      </c>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="N10" s="1"/>
+      <c r="O10" s="1"/>
+      <c r="P10" s="1"/>
+      <c r="Q10" s="1"/>
       <c r="R10" s="1"/>
-      <c r="S10" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S10" s="1"/>
       <c r="T10" s="1" t="inlineStr">
         <is>
-          <t>2026-01-07 21:40:06</t>
+          <t>2026-01-12 09:25:19</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="1" t="inlineStr">
         <is>
-          <t>37240</t>
+          <t>37242</t>
         </is>
       </c>
       <c r="B11" s="1"/>
       <c r="C11" s="1" t="inlineStr">
         <is>
-          <t>Donat Bismillah</t>
+          <t>Sri Mul Yanti</t>
         </is>
       </c>
       <c r="D11" s="1" t="inlineStr">
         <is>
-          <t>Kuliner</t>
+          <t>Warung Makan</t>
         </is>
       </c>
       <c r="E11" s="1" t="inlineStr">
         <is>
-          <t>Usaha Kecil</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F11" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G11" s="1" t="inlineStr">
         <is>
-          <t>Jl. Tembesi - Jambi, Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
+          <t>Jl. Gajah Mada, Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
         </is>
       </c>
       <c r="H11" s="1" t="inlineStr">
         <is>
           <t>Sridadi</t>
         </is>
       </c>
       <c r="I11" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="N11" s="1"/>
       <c r="O11" s="1"/>
       <c r="P11" s="1"/>
       <c r="Q11" s="1"/>
       <c r="R11" s="1"/>
       <c r="S11" s="1"/>
       <c r="T11" s="1" t="inlineStr">
         <is>
-          <t>2025-12-31 11:18:07</t>
+          <t>2026-01-12 09:19:45</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="1" t="inlineStr">
         <is>
-          <t>37239</t>
-[...2 lines deleted...]
-      <c r="B12" s="1"/>
+          <t>37241</t>
+        </is>
+      </c>
+      <c r="B12" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/kpq31fx4bh6nywe.jpeg</t>
+        </is>
+      </c>
       <c r="C12" s="1" t="inlineStr">
         <is>
-          <t>Keripik kemplang Saniati</t>
+          <t>ayan</t>
         </is>
       </c>
       <c r="D12" s="1" t="inlineStr">
         <is>
-          <t>Kuliner</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E12" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F12" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>GAS LPG</t>
         </is>
       </c>
       <c r="G12" s="1" t="inlineStr">
         <is>
-          <t>Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
+          <t>Na</t>
         </is>
       </c>
       <c r="H12" s="1" t="inlineStr">
         <is>
-          <t>Sridadi</t>
+          <t>Rantau Kapas Tuo</t>
         </is>
       </c>
       <c r="I12" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Muara Tembesi</t>
         </is>
       </c>
       <c r="J12" s="1"/>
       <c r="K12" s="1"/>
       <c r="L12" s="1"/>
       <c r="M12" s="1" t="inlineStr">
         <is>
-          <t>0</t>
-[...5 lines deleted...]
-      <c r="Q12" s="1"/>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="N12" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
+      <c r="O12" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
+      <c r="P12" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
+      <c r="Q12" s="1" t="inlineStr">
+        <is>
+          <t>1,Ton</t>
+        </is>
+      </c>
       <c r="R12" s="1"/>
-      <c r="S12" s="1"/>
+      <c r="S12" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;Perbank&amp;#34;:true,&amp;#34;Balai Latihan Kerja&amp;#34;:null,&amp;#34;Laboratorium&amp;#34;:null,&amp;#34;Balai Benih&amp;#34;:null,&amp;#34;Balai Insemania&amp;#34;:null,&amp;#34;Irigasi&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="T12" s="1" t="inlineStr">
         <is>
-          <t>2025-12-31 11:00:53</t>
+          <t>2026-01-07 21:40:06</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="1" t="inlineStr">
         <is>
-          <t>37238</t>
+          <t>37240</t>
         </is>
       </c>
       <c r="B13" s="1"/>
       <c r="C13" s="1" t="inlineStr">
         <is>
-          <t>Dapur mak siti</t>
+          <t>Donat Bismillah</t>
         </is>
       </c>
       <c r="D13" s="1" t="inlineStr">
         <is>
-          <t>Add makanan</t>
+          <t>Kuliner</t>
         </is>
       </c>
       <c r="E13" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Kecil</t>
         </is>
       </c>
       <c r="F13" s="1" t="inlineStr">
         <is>
           <t>UMKM</t>
         </is>
       </c>
       <c r="G13" s="1" t="inlineStr">
         <is>
-          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
+          <t>Jl. Tembesi - Jambi, Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
         </is>
       </c>
       <c r="H13" s="1" t="inlineStr">
         <is>
-          <t>Teratai</t>
+          <t>Sridadi</t>
         </is>
       </c>
       <c r="I13" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="J13" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J13" s="1"/>
       <c r="K13" s="1"/>
-      <c r="L13" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L13" s="1"/>
       <c r="M13" s="1" t="inlineStr">
         <is>
-          <t>20000000</t>
+          <t>0</t>
         </is>
       </c>
       <c r="N13" s="1"/>
       <c r="O13" s="1"/>
       <c r="P13" s="1"/>
       <c r="Q13" s="1"/>
       <c r="R13" s="1"/>
       <c r="S13" s="1"/>
       <c r="T13" s="1" t="inlineStr">
         <is>
-          <t>2025-12-04 09:29:10</t>
+          <t>2025-12-31 11:18:07</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="1" t="inlineStr">
         <is>
-          <t>37236</t>
-[...6 lines deleted...]
-      </c>
+          <t>37239</t>
+        </is>
+      </c>
+      <c r="B14" s="1"/>
       <c r="C14" s="1" t="inlineStr">
         <is>
-          <t>PT. AGRO MERAK SEJAHTERA</t>
+          <t>Keripik kemplang Saniati</t>
         </is>
       </c>
       <c r="D14" s="1" t="inlineStr">
         <is>
-          <t>Perseroan Terbatas (PT)</t>
+          <t>Kuliner</t>
         </is>
       </c>
       <c r="E14" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F14" s="1" t="inlineStr">
         <is>
-          <t>PABRIK KELAPA SAWIT</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G14" s="1" t="inlineStr">
         <is>
-          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Sridadi, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36614, Indonesia</t>
         </is>
       </c>
       <c r="H14" s="1" t="inlineStr">
         <is>
-          <t>Sungai Buluh</t>
+          <t>Sridadi</t>
         </is>
       </c>
       <c r="I14" s="1" t="inlineStr">
         <is>
           <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
-      <c r="M14" s="1"/>
+      <c r="M14" s="1" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
       <c r="N14" s="1"/>
       <c r="O14" s="1"/>
       <c r="P14" s="1"/>
       <c r="Q14" s="1"/>
       <c r="R14" s="1"/>
       <c r="S14" s="1"/>
       <c r="T14" s="1" t="inlineStr">
         <is>
-          <t>2025-11-14 09:46:17</t>
+          <t>2025-12-31 11:00:53</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="1" t="inlineStr">
         <is>
-          <t>37235</t>
-[...6 lines deleted...]
-      </c>
+          <t>37238</t>
+        </is>
+      </c>
+      <c r="B15" s="1"/>
       <c r="C15" s="1" t="inlineStr">
         <is>
-          <t>PT. SUPER HOME PRODUCT INDONESIA</t>
+          <t>Dapur mak siti</t>
         </is>
       </c>
       <c r="D15" s="1" t="inlineStr">
         <is>
-          <t>KOSMETIK</t>
+          <t>Add makanan</t>
         </is>
       </c>
       <c r="E15" s="1" t="inlineStr">
         <is>
-          <t>Usaha Besar</t>
+          <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F15" s="1" t="inlineStr">
         <is>
-          <t>KOSMETIK</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G15" s="1" t="inlineStr">
         <is>
-          <t>RT.05 Des. Bajubang Laut, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36612, Indonesia</t>
         </is>
       </c>
       <c r="H15" s="1" t="inlineStr">
         <is>
+          <t>Teratai</t>
+        </is>
+      </c>
+      <c r="I15" s="1" t="inlineStr">
+        <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="I15" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="J15" s="1" t="inlineStr">
         <is>
-          <t>081376531301</t>
+          <t>082173034748</t>
         </is>
       </c>
       <c r="K15" s="1"/>
-      <c r="L15" s="1"/>
-      <c r="M15" s="1"/>
+      <c r="L15" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://facebook.com/Dapur mak siti&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
+      <c r="M15" s="1" t="inlineStr">
+        <is>
+          <t>20000000</t>
+        </is>
+      </c>
       <c r="N15" s="1"/>
       <c r="O15" s="1"/>
       <c r="P15" s="1"/>
       <c r="Q15" s="1"/>
       <c r="R15" s="1"/>
       <c r="S15" s="1"/>
       <c r="T15" s="1" t="inlineStr">
         <is>
-          <t>2025-11-12 13:40:16</t>
+          <t>2025-12-04 09:29:10</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="1" t="inlineStr">
         <is>
-          <t>37234</t>
-[...2 lines deleted...]
-      <c r="B16" s="1"/>
+          <t>37236</t>
+        </is>
+      </c>
+      <c r="B16" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/1vro63mlc4zb0us.jpg</t>
+        </is>
+      </c>
       <c r="C16" s="1" t="inlineStr">
         <is>
-          <t>DAPOER AMOY</t>
+          <t>PT. AGRO MERAK SEJAHTERA</t>
         </is>
       </c>
       <c r="D16" s="1" t="inlineStr">
         <is>
-          <t>Perorangan</t>
+          <t>Perseroan Terbatas (PT)</t>
         </is>
       </c>
       <c r="E16" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F16" s="1" t="inlineStr">
         <is>
-          <t>UMKM</t>
+          <t>PABRIK KELAPA SAWIT</t>
         </is>
       </c>
       <c r="G16" s="1" t="inlineStr">
         <is>
-          <t>Jl. Madura, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
+          <t>Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H16" s="1" t="inlineStr">
         <is>
+          <t>Sungai Buluh</t>
+        </is>
+      </c>
+      <c r="I16" s="1" t="inlineStr">
+        <is>
           <t>Muara Bulian</t>
         </is>
       </c>
-      <c r="I16" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="J16" s="1"/>
       <c r="K16" s="1"/>
-      <c r="L16" s="1" t="inlineStr">
-[...8 lines deleted...]
-      </c>
+      <c r="L16" s="1"/>
+      <c r="M16" s="1"/>
       <c r="N16" s="1"/>
       <c r="O16" s="1"/>
       <c r="P16" s="1"/>
       <c r="Q16" s="1"/>
       <c r="R16" s="1"/>
       <c r="S16" s="1"/>
       <c r="T16" s="1" t="inlineStr">
         <is>
-          <t>2025-11-11 10:43:42</t>
+          <t>2025-11-14 09:46:17</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="1" t="inlineStr">
         <is>
-          <t>37233</t>
-[...2 lines deleted...]
-      <c r="B17" s="1"/>
+          <t>37235</t>
+        </is>
+      </c>
+      <c r="B17" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/1qjg8orsldyfp0v.png</t>
+        </is>
+      </c>
       <c r="C17" s="1" t="inlineStr">
         <is>
-          <t>Pokdakan usaha baru</t>
+          <t>PT. SUPER HOME PRODUCT INDONESIA</t>
         </is>
       </c>
       <c r="D17" s="1" t="inlineStr">
         <is>
-          <t>Budidaya ikan patin</t>
+          <t>KOSMETIK</t>
         </is>
       </c>
       <c r="E17" s="1" t="inlineStr">
         <is>
-          <t>Usaha Mikro</t>
+          <t>Usaha Besar</t>
         </is>
       </c>
       <c r="F17" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>KOSMETIK</t>
         </is>
       </c>
       <c r="G17" s="1" t="inlineStr">
         <is>
-          <t>Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>RT.05 Des. Bajubang Laut, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H17" s="1" t="inlineStr">
         <is>
-          <t>Kuap</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I17" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J17" s="1" t="inlineStr">
         <is>
-          <t>085357306907</t>
+          <t>081376531301</t>
         </is>
       </c>
       <c r="K17" s="1"/>
-      <c r="L17" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L17" s="1"/>
       <c r="M17" s="1"/>
-      <c r="N17" s="1" t="inlineStr">
-[...18 lines deleted...]
-      </c>
+      <c r="N17" s="1"/>
+      <c r="O17" s="1"/>
+      <c r="P17" s="1"/>
+      <c r="Q17" s="1"/>
       <c r="R17" s="1"/>
       <c r="S17" s="1"/>
       <c r="T17" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 12:05:41</t>
+          <t>2025-11-12 13:40:16</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="1" t="inlineStr">
         <is>
-          <t>37232</t>
+          <t>37234</t>
         </is>
       </c>
       <c r="B18" s="1"/>
       <c r="C18" s="1" t="inlineStr">
         <is>
-          <t>pokdakan sumber harapan </t>
+          <t>DAPOER AMOY</t>
         </is>
       </c>
       <c r="D18" s="1" t="inlineStr">
         <is>
-          <t>budidaya ikan</t>
+          <t>Perorangan</t>
         </is>
       </c>
       <c r="E18" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F18" s="1" t="inlineStr">
         <is>
-          <t>PERIKANAN</t>
+          <t>UMKM</t>
         </is>
       </c>
       <c r="G18" s="1" t="inlineStr">
         <is>
-          <t>Jemb. Mas, Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jl. Madura, Muara Bulian, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36613, Indonesia</t>
         </is>
       </c>
       <c r="H18" s="1" t="inlineStr">
         <is>
-          <t>Jembatan Mas</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="I18" s="1" t="inlineStr">
         <is>
-          <t>Pemayung</t>
+          <t>Muara Bulian</t>
         </is>
       </c>
       <c r="J18" s="1" t="inlineStr">
         <is>
-          <t>085783508204</t>
+          <t>08117449970</t>
         </is>
       </c>
       <c r="K18" s="1"/>
-      <c r="L18" s="1"/>
+      <c r="L18" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:null,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:&amp;#34;https://instagram.com/DAPOERAMOY10&amp;#34;,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M18" s="1" t="inlineStr">
         <is>
-          <t>25000000</t>
-[...21 lines deleted...]
-      </c>
+          <t>500000</t>
+        </is>
+      </c>
+      <c r="N18" s="1"/>
+      <c r="O18" s="1"/>
+      <c r="P18" s="1"/>
+      <c r="Q18" s="1"/>
       <c r="R18" s="1"/>
       <c r="S18" s="1"/>
       <c r="T18" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:38:22</t>
+          <t>2025-11-11 10:43:42</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="1" t="inlineStr">
         <is>
-          <t>37231</t>
-[...6 lines deleted...]
-      </c>
+          <t>37233</t>
+        </is>
+      </c>
+      <c r="B19" s="1"/>
       <c r="C19" s="1" t="inlineStr">
         <is>
-          <t>Kolam ikan patin</t>
+          <t>Pokdakan usaha baru</t>
         </is>
       </c>
       <c r="D19" s="1" t="inlineStr">
         <is>
-          <t>Budidaya ikan</t>
+          <t>Budidaya ikan patin</t>
         </is>
       </c>
       <c r="E19" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F19" s="1" t="inlineStr">
         <is>
           <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G19" s="1" t="inlineStr">
         <is>
-          <t>Jalan Tanpa Nama, Pulau Betung, Kec. Pemayung, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
+          <t>Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H19" s="1" t="inlineStr">
         <is>
-          <t>Pulau Betung</t>
+          <t>Kuap</t>
         </is>
       </c>
       <c r="I19" s="1" t="inlineStr">
         <is>
           <t>Pemayung</t>
         </is>
       </c>
       <c r="J19" s="1" t="inlineStr">
         <is>
-          <t>085368565643</t>
+          <t>085357306907</t>
         </is>
       </c>
       <c r="K19" s="1"/>
-      <c r="L19" s="1"/>
+      <c r="L19" s="1" t="inlineStr">
+        <is>
+          <t>{&amp;#34;facebook&amp;#34;:&amp;#34;https://facebook.com/Hamizal&amp;#34;,&amp;#34;twitter&amp;#34;:null,&amp;#34;instagram&amp;#34;:null,&amp;#34;youtube&amp;#34;:null}</t>
+        </is>
+      </c>
       <c r="M19" s="1"/>
-      <c r="N19" s="1"/>
+      <c r="N19" s="1" t="inlineStr">
+        <is>
+          <t>05,Hektare</t>
+        </is>
+      </c>
       <c r="O19" s="1" t="inlineStr">
         <is>
           <t>10,Ton</t>
         </is>
       </c>
-      <c r="P19" s="1"/>
-[...5 lines deleted...]
-      </c>
+      <c r="P19" s="1" t="inlineStr">
+        <is>
+          <t>05,Hektare</t>
+        </is>
+      </c>
+      <c r="Q19" s="1" t="inlineStr">
+        <is>
+          <t>05,Hektare</t>
+        </is>
+      </c>
+      <c r="R19" s="1"/>
       <c r="S19" s="1"/>
       <c r="T19" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 12:04:24</t>
+          <t>2025-10-29 12:05:41</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="1" t="inlineStr">
         <is>
-          <t>37230</t>
+          <t>37232</t>
         </is>
       </c>
       <c r="B20" s="1"/>
       <c r="C20" s="1" t="inlineStr">
         <is>
-          <t>Perikanan Sistem RAS air jernih</t>
+          <t>pokdakan sumber harapan </t>
         </is>
       </c>
       <c r="D20" s="1" t="inlineStr">
         <is>
-          <t>Perikanan</t>
+          <t>budidaya ikan</t>
         </is>
       </c>
       <c r="E20" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F20" s="1" t="inlineStr">
         <is>
           <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G20" s="1" t="inlineStr">
         <is>
-          <t>rt 12 Sungai Buluh, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi, Indonesia</t>
+          <t>Jemb. Mas, Kec. Pemayung, Kabupaten Batang Hari, Jambi, Indonesia</t>
         </is>
       </c>
       <c r="H20" s="1" t="inlineStr">
         <is>
-          <t>Sungai Buluh</t>
+          <t>Jembatan Mas</t>
         </is>
       </c>
       <c r="I20" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Pemayung</t>
         </is>
       </c>
       <c r="J20" s="1" t="inlineStr">
         <is>
-          <t>085368565671</t>
+          <t>085783508204</t>
         </is>
       </c>
       <c r="K20" s="1"/>
-      <c r="L20" s="1" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="L20" s="1"/>
       <c r="M20" s="1" t="inlineStr">
         <is>
-          <t>500000000</t>
+          <t>25000000</t>
         </is>
       </c>
       <c r="N20" s="1" t="inlineStr">
         <is>
-          <t>2,Hektare</t>
+          <t>1,Hektare</t>
         </is>
       </c>
       <c r="O20" s="1" t="inlineStr">
         <is>
           <t>10,Ton</t>
         </is>
       </c>
       <c r="P20" s="1" t="inlineStr">
         <is>
-          <t>2,Hektare</t>
+          <t>05,Hektare</t>
         </is>
       </c>
       <c r="Q20" s="1" t="inlineStr">
         <is>
-          <t>2,Hektare</t>
-[...11 lines deleted...]
-      </c>
+          <t>05,Hektare</t>
+        </is>
+      </c>
+      <c r="R20" s="1"/>
+      <c r="S20" s="1"/>
       <c r="T20" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:36:00</t>
+          <t>2025-10-29 11:38:22</t>
         </is>
       </c>
     </row>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="1" t="inlineStr">
         <is>
-          <t>37229</t>
-[...2 lines deleted...]
-      <c r="B21" s="1"/>
+          <t>37231</t>
+        </is>
+      </c>
+      <c r="B21" s="1" t="inlineStr">
+        <is>
+          <t>uploads/photos/potensi/logo/vc3r0abnhm92fue.jpg</t>
+        </is>
+      </c>
       <c r="C21" s="1" t="inlineStr">
         <is>
-          <t>Kerambah Ikan Nahrul</t>
+          <t>Kolam ikan patin</t>
         </is>
       </c>
       <c r="D21" s="1" t="inlineStr">
         <is>
-          <t>Budidaya Ikan</t>
+          <t>Budidaya ikan</t>
         </is>
       </c>
       <c r="E21" s="1" t="inlineStr">
         <is>
           <t>Usaha Mikro</t>
         </is>
       </c>
       <c r="F21" s="1" t="inlineStr">
         <is>
           <t>PERIKANAN</t>
         </is>
       </c>
       <c r="G21" s="1" t="inlineStr">
         <is>
-          <t>Jalan Tanpa Nama, Olak, Kec. Muara Bulian, Kabupaten Batang Hari, Jambi 36611, Indonesia</t>
+          <t>Jalan Tanpa Nama, Pulau Betung, Kec. Pemayung, Kabupaten Batang Hari, Jambi 36657, Indonesia</t>
         </is>
       </c>
       <c r="H21" s="1" t="inlineStr">
         <is>
-          <t>Olak</t>
+          <t>Pulau Betung</t>
         </is>
       </c>
       <c r="I21" s="1" t="inlineStr">
         <is>
-          <t>Muara Bulian</t>
+          <t>Pemayung</t>
         </is>
       </c>
       <c r="J21" s="1" t="inlineStr">
         <is>
-          <t>085266010304</t>
+          <t>085368565643</t>
         </is>
       </c>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
-      <c r="O21" s="1"/>
+      <c r="O21" s="1" t="inlineStr">
+        <is>
+          <t>10,Ton</t>
+        </is>
+      </c>
       <c r="P21" s="1"/>
       <c r="Q21" s="1"/>
       <c r="R21" s="1" t="inlineStr">
         <is>
-          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
+          <t>{&amp;#34;Listrik&amp;#34;:&amp;#34;Tidak ada&amp;#34;,&amp;#34;Jalan&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Transportasi&amp;#34;:&amp;#34;Lancar&amp;#34;,&amp;#34;Sarana Komunikasi&amp;#34;:&amp;#34;Ada&amp;#34;,&amp;#34;Air Bersih&amp;#34;:&amp;#34;Ada&amp;#34;}</t>
         </is>
       </c>
       <c r="S21" s="1"/>
       <c r="T21" s="1" t="inlineStr">
         <is>
-          <t>2025-10-29 11:36:51</t>
+          <t>2025-10-29 12:04:24</t>
         </is>
       </c>
     </row>
   </sheetData>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company/>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>